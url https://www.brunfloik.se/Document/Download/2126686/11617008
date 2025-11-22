--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -33,111 +33,122 @@
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hockey\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CAE7C40F-694C-4163-B0B1-F60FBDD555EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{27045C6E-0643-4003-9046-97D985EB8A97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="500" firstSheet="8" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="500" firstSheet="14" activeTab="14" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Grundschema 2023-2024" sheetId="1" r:id="rId1"/>
     <sheet name="Grundschema 2024-2025" sheetId="2" r:id="rId2"/>
     <sheet name="Grundschema 2025-2026" sheetId="33" r:id="rId3"/>
     <sheet name="V.36" sheetId="3" r:id="rId4"/>
     <sheet name="V.37" sheetId="4" r:id="rId5"/>
     <sheet name="V.38" sheetId="5" r:id="rId6"/>
     <sheet name="V.39" sheetId="6" r:id="rId7"/>
     <sheet name="V.40" sheetId="7" r:id="rId8"/>
     <sheet name="V.41" sheetId="8" r:id="rId9"/>
     <sheet name="V42" sheetId="9" r:id="rId10"/>
     <sheet name="V.43" sheetId="10" r:id="rId11"/>
     <sheet name="V.44" sheetId="11" r:id="rId12"/>
     <sheet name="V.45" sheetId="12" r:id="rId13"/>
     <sheet name="V.46" sheetId="13" r:id="rId14"/>
     <sheet name="V.47" sheetId="14" r:id="rId15"/>
     <sheet name="V.48" sheetId="15" r:id="rId16"/>
     <sheet name="V.49" sheetId="16" r:id="rId17"/>
     <sheet name="V.50" sheetId="17" r:id="rId18"/>
     <sheet name="V.51" sheetId="18" r:id="rId19"/>
     <sheet name="V.52" sheetId="19" r:id="rId20"/>
     <sheet name="V.1" sheetId="20" r:id="rId21"/>
     <sheet name="V.2" sheetId="21" r:id="rId22"/>
     <sheet name="Uterinken" sheetId="22" r:id="rId23"/>
     <sheet name="V.3" sheetId="23" r:id="rId24"/>
     <sheet name="V.4" sheetId="24" r:id="rId25"/>
     <sheet name="V.5" sheetId="25" r:id="rId26"/>
     <sheet name="V.6" sheetId="26" r:id="rId27"/>
     <sheet name="V.7" sheetId="27" r:id="rId28"/>
     <sheet name="V.8" sheetId="28" r:id="rId29"/>
     <sheet name="V.9" sheetId="29" r:id="rId30"/>
     <sheet name="V.10" sheetId="30" r:id="rId31"/>
     <sheet name="V.11" sheetId="31" r:id="rId32"/>
     <sheet name="V.12" sheetId="32" r:id="rId33"/>
     <sheet name="V.13" sheetId="35" r:id="rId34"/>
   </sheets>
   <calcPr calcId="191028" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2202" uniqueCount="463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2202" uniqueCount="498">
   <si>
     <t>Tider</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>Tisdag</t>
   </si>
   <si>
     <t>Onsdag</t>
   </si>
   <si>
     <t>Torsdag</t>
   </si>
   <si>
     <t>Fredag</t>
   </si>
   <si>
     <t>Lördag</t>
   </si>
   <si>
     <t>Söndag</t>
   </si>
   <si>
@@ -988,365 +999,503 @@
   <si>
     <t>Tisdag 14/10</t>
   </si>
   <si>
     <t>Onsdag 15/10</t>
   </si>
   <si>
     <t>Torsdag 16/10</t>
   </si>
   <si>
     <t>Fredag 17/10</t>
   </si>
   <si>
     <t>Lördag 18/10</t>
   </si>
   <si>
     <t>Söndag 19/10</t>
   </si>
   <si>
     <t>Sammandrag U11</t>
   </si>
   <si>
     <t>kl.9.00-14.30</t>
   </si>
   <si>
-    <t>Allmänheten Utgår</t>
+    <t>Allmänheten 16.30-17.30</t>
   </si>
   <si>
     <t>Match div 2</t>
   </si>
   <si>
     <t>BIK - Vindeln</t>
   </si>
   <si>
+    <t>kl.16.30</t>
+  </si>
+  <si>
     <t xml:space="preserve"> SKRIDSKOSKOLA  </t>
   </si>
   <si>
+    <t>BIK - Kramfors</t>
+  </si>
+  <si>
+    <t>Kramf. Omkl. ute</t>
+  </si>
+  <si>
     <t>Match Div 3</t>
   </si>
   <si>
     <t>BIK - Timrå IK</t>
   </si>
   <si>
     <t>BIK - Järpen</t>
   </si>
   <si>
     <t>A-laget borta Sollefteå</t>
   </si>
   <si>
     <t>Tider V.43</t>
   </si>
   <si>
     <t>Måndag 20/10</t>
   </si>
   <si>
     <t>Tisdag 21/10</t>
   </si>
   <si>
     <t>Onsdag 22/10</t>
   </si>
   <si>
     <t>Torsdag 23/10</t>
   </si>
   <si>
     <t>Fredag 24/10</t>
   </si>
   <si>
     <t>Lördag 25/10</t>
   </si>
   <si>
     <t>Söndag 26/10</t>
   </si>
   <si>
+    <t>Sammandrag</t>
+  </si>
+  <si>
+    <t>U10</t>
+  </si>
+  <si>
+    <t>kl.07.30-12.30</t>
+  </si>
+  <si>
+    <t>Allmänh. UTGÅR</t>
+  </si>
+  <si>
     <t>Match U16 R</t>
   </si>
   <si>
     <t>kl.12.30</t>
   </si>
   <si>
     <t>ÖIK - Björklöven,ute</t>
   </si>
   <si>
     <t>BIK-IF Björklöven</t>
   </si>
   <si>
     <t>Match div.3</t>
   </si>
   <si>
+    <t xml:space="preserve">BIK U12/U13/U11             </t>
+  </si>
+  <si>
     <t>BIK - Järvsö</t>
   </si>
   <si>
+    <t>17.30-20.00</t>
+  </si>
+  <si>
     <t>SkridskoDisco</t>
   </si>
   <si>
     <t>Tider V.44</t>
   </si>
   <si>
     <t>Måndag 27/10</t>
   </si>
   <si>
     <t>Tisdag 28/10</t>
   </si>
   <si>
     <t>Onsdag 29/10</t>
   </si>
   <si>
     <t>Torsdag 30/10</t>
   </si>
   <si>
     <t>Fredag 31/10</t>
   </si>
   <si>
     <t>Lördag 1/11</t>
   </si>
   <si>
     <t>Söndag 2/11</t>
   </si>
   <si>
     <t>Hockeycamp</t>
   </si>
   <si>
     <t>kl.09.00 - 16.00</t>
   </si>
   <si>
     <t>kl.09.00 - 14.00</t>
   </si>
   <si>
+    <t>Ösd. Konståkn.</t>
+  </si>
+  <si>
+    <t>13.00-14.30</t>
+  </si>
+  <si>
+    <t>14.45-16.00</t>
+  </si>
+  <si>
     <t xml:space="preserve">BIK U8/U9        </t>
   </si>
   <si>
+    <t>BIK U10/ U11          16.15-17.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIK U12/U13     17.25-18.20        </t>
+  </si>
+  <si>
     <t>BIK - KB 65</t>
   </si>
   <si>
     <t>Div 3 borta</t>
   </si>
   <si>
     <t>Tider V.45</t>
   </si>
   <si>
     <t>Måndag 3/11</t>
   </si>
   <si>
     <t>Tisdag 4/11</t>
   </si>
   <si>
     <t>Onsdag 5/11</t>
   </si>
   <si>
     <t>Torsdag 6/11</t>
   </si>
   <si>
     <t>Fredag 7/11</t>
   </si>
   <si>
     <t>Lördag 8/11</t>
   </si>
   <si>
     <t>Söndag 9/11</t>
   </si>
   <si>
+    <t>Skola 8.15-12.05</t>
+  </si>
+  <si>
+    <t>Skola 8.15-10.30</t>
+  </si>
+  <si>
+    <t>Skola 8.15-13.10</t>
+  </si>
+  <si>
+    <t>Skola 8.15-13.30</t>
+  </si>
+  <si>
+    <t>Sammandr. U9</t>
+  </si>
+  <si>
+    <t>kl.09.00-10.45</t>
+  </si>
+  <si>
+    <t>Skola 12.00-15.00</t>
+  </si>
+  <si>
+    <t>Skola 12.00-15.30</t>
+  </si>
+  <si>
+    <t>kl.12.25-15.00</t>
+  </si>
+  <si>
+    <t>Skola 14.30-15.30</t>
+  </si>
+  <si>
+    <t>Pro Dam</t>
+  </si>
+  <si>
+    <t>kl.15.15-17.25</t>
+  </si>
+  <si>
     <t>Fotografering alla lag fr.kl.16.00</t>
   </si>
   <si>
-    <t>BIK-Skellefteå</t>
+    <t>F 2000-2011</t>
   </si>
   <si>
     <t>Besök av ÖIK spelare + utdeln. Av Matchbiljetter till den 22/11</t>
   </si>
   <si>
     <t>Se separat schema</t>
   </si>
   <si>
     <t>Match div 3</t>
   </si>
   <si>
     <t>BIK - Nälden</t>
   </si>
   <si>
+    <t>A-lag borta</t>
+  </si>
+  <si>
     <t>A-lag borta Kovland</t>
   </si>
   <si>
+    <t>div 3 borta,  U13 borta U16 Borta</t>
+  </si>
+  <si>
+    <t>U16 Borta</t>
+  </si>
+  <si>
+    <t>Tider V.46</t>
+  </si>
+  <si>
+    <t>Måndag 10/11</t>
+  </si>
+  <si>
+    <t>Tisdag 11/11</t>
+  </si>
+  <si>
+    <t>Onsdag 12/11</t>
+  </si>
+  <si>
+    <t>Torsdag 13/11</t>
+  </si>
+  <si>
+    <t>Fredag 14/11</t>
+  </si>
+  <si>
+    <t>Lördag 15/11</t>
+  </si>
+  <si>
+    <t>Söndag 16/11</t>
+  </si>
+  <si>
+    <t>BIK - Sundsvall 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIK U8/U9       </t>
+  </si>
+  <si>
+    <t>BIK U11/U10</t>
+  </si>
+  <si>
+    <t>Match U13</t>
+  </si>
+  <si>
+    <t>kl.18.00</t>
+  </si>
+  <si>
     <t>div 3 borta</t>
   </si>
   <si>
-    <t>Tider V.46</t>
-[...20 lines deleted...]
-    <t>Söndag 16/11</t>
+    <t>U16 borta</t>
   </si>
   <si>
     <t>Tider V.47</t>
   </si>
   <si>
     <t>Måndag 17/11</t>
   </si>
   <si>
     <t>Tisdag 18/11</t>
   </si>
   <si>
     <t>Onsdag 19/11</t>
   </si>
   <si>
     <t>Torsdag 20/11</t>
   </si>
   <si>
     <t>Fredag 21/11</t>
   </si>
   <si>
     <t>Lördag 22/11</t>
   </si>
   <si>
     <t>Söndag 23/11</t>
   </si>
   <si>
+    <t>Sammandr. U12</t>
+  </si>
+  <si>
+    <t>kl.12.25-14.50</t>
+  </si>
+  <si>
     <t xml:space="preserve">BIK-Gällsta      </t>
   </si>
   <si>
     <t>BIK - Sundsvall</t>
   </si>
   <si>
+    <t>A-laget borta</t>
+  </si>
+  <si>
+    <t>Mittsäsongsträff Domare</t>
+  </si>
+  <si>
     <t>Måndag 24/11</t>
   </si>
   <si>
     <t>Tisdag 25/11</t>
   </si>
   <si>
     <t>Onsdag 26/11</t>
   </si>
   <si>
     <t>Torsdag 27/11</t>
   </si>
   <si>
     <t>Fredag 28/11</t>
   </si>
   <si>
     <t>Lördag 29/11</t>
   </si>
   <si>
     <t>Söndag 30/11</t>
   </si>
   <si>
     <t>BIK - Teg SK</t>
   </si>
   <si>
     <t>BIK - Vännäs</t>
   </si>
   <si>
+    <t>B/Ö/N - Timrå</t>
+  </si>
+  <si>
     <t>Tider V.49</t>
   </si>
   <si>
     <t>Måndag 1/12</t>
   </si>
   <si>
     <t>Tisdag 2/12</t>
   </si>
   <si>
     <t>Onsdag 3/12</t>
   </si>
   <si>
     <t>Torsdag 4/12</t>
   </si>
   <si>
     <t>Fredag 5/12</t>
   </si>
   <si>
     <t>Lördag 6/12</t>
   </si>
   <si>
     <t>Söndag 7/12</t>
   </si>
   <si>
+    <t>Sammandr. U10</t>
+  </si>
+  <si>
+    <t>NDHL MATCH</t>
+  </si>
+  <si>
+    <t>KL.15.45</t>
+  </si>
+  <si>
+    <t>BIK - SKELLEFTEÅ</t>
+  </si>
+  <si>
     <t>Tider V.50</t>
   </si>
   <si>
     <t>Måndag 8/12</t>
   </si>
   <si>
     <t>Tisdag  9/12</t>
   </si>
   <si>
     <t>Onsdag 10/12</t>
   </si>
   <si>
     <t>Torsdag 11/12</t>
   </si>
   <si>
     <t>Fredag 12/12</t>
   </si>
   <si>
     <t>Lördag 13/12</t>
   </si>
   <si>
     <t>Söndag 14/12</t>
   </si>
   <si>
+    <t>kl.13.15</t>
+  </si>
+  <si>
     <t>BIK-Järpen</t>
   </si>
   <si>
     <t>Tider V.51</t>
   </si>
   <si>
     <t>Måndag 15/12</t>
   </si>
   <si>
     <t>Tisdag 16/12</t>
   </si>
   <si>
     <t>Onsdag 17/12</t>
   </si>
   <si>
     <t>Torsdag 18/12</t>
   </si>
   <si>
     <t>Fredag 19/12</t>
   </si>
   <si>
     <t>Lördag 20/12</t>
   </si>
   <si>
     <t>Söndag 21/12</t>
   </si>
   <si>
+    <t>BIK - Svensta</t>
+  </si>
+  <si>
     <t>BIK - Njurunda</t>
   </si>
   <si>
     <t>Tider V.52</t>
   </si>
   <si>
     <t>Måndag 22/12</t>
   </si>
   <si>
     <t>Tisdag 23/12</t>
   </si>
   <si>
     <t>Onsdag 24/12</t>
   </si>
   <si>
     <t>Torsdag 25/12</t>
   </si>
   <si>
     <t>Fredag 26/12</t>
   </si>
   <si>
     <t>Lördag 27/12</t>
   </si>
   <si>
     <t>Söndag 28/12</t>
@@ -1363,50 +1512,59 @@
   <si>
     <t>Tider V.1 -26</t>
   </si>
   <si>
     <t>Måndag 29/12</t>
   </si>
   <si>
     <t>Tisdag 30/12</t>
   </si>
   <si>
     <t>Onsdag 31/12</t>
   </si>
   <si>
     <t>Torsdag 1/1</t>
   </si>
   <si>
     <t>Fredag 2/1</t>
   </si>
   <si>
     <t>Lördag 3/1</t>
   </si>
   <si>
     <t>Söndag 4/1</t>
   </si>
   <si>
+    <t>Nyårsafton</t>
+  </si>
+  <si>
+    <t>Nyårsdagen</t>
+  </si>
+  <si>
+    <t>Stängt</t>
+  </si>
+  <si>
     <t>Tider V.2</t>
   </si>
   <si>
     <t>Måndag 5/1</t>
   </si>
   <si>
     <t>Tisdag 6/1</t>
   </si>
   <si>
     <t>Onsdag 7/1</t>
   </si>
   <si>
     <t>Torsdag 8/1</t>
   </si>
   <si>
     <t>Fredag 9/1</t>
   </si>
   <si>
     <t>Lördag 10/1</t>
   </si>
   <si>
     <t>Söndag 11/1</t>
   </si>
   <si>
     <t>Uterinken</t>
@@ -1426,134 +1584,149 @@
   <si>
     <t>Tider V.3</t>
   </si>
   <si>
     <t>Måndag 12/1</t>
   </si>
   <si>
     <t>Tisdag 13/1</t>
   </si>
   <si>
     <t>Onsdag 14/1</t>
   </si>
   <si>
     <t>Torsdag 15/1</t>
   </si>
   <si>
     <t>Fredag 16/1</t>
   </si>
   <si>
     <t>Lördag 17/1</t>
   </si>
   <si>
     <t>Söndag 18/1</t>
   </si>
   <si>
+    <t>BIK - ÖIK</t>
+  </si>
+  <si>
     <t>BIK - LN91</t>
   </si>
   <si>
     <t>2kr matchen</t>
   </si>
   <si>
     <t>BIK -Svenstavik</t>
   </si>
   <si>
     <t>Tider V.4</t>
   </si>
   <si>
     <t>Måndag 19/1</t>
   </si>
   <si>
     <t>Tisdag 20/1</t>
   </si>
   <si>
     <t>Onsdag 21/1</t>
   </si>
   <si>
     <t>Torsdag 22/1</t>
   </si>
   <si>
     <t>Fredag 23/1</t>
   </si>
   <si>
     <t>Lördag 24/1</t>
   </si>
   <si>
     <t>Söndag 25/1</t>
   </si>
   <si>
+    <t>BIK - Hoting</t>
+  </si>
+  <si>
+    <t>BIK - Kovland</t>
+  </si>
+  <si>
     <t>Tider V.5</t>
   </si>
   <si>
     <t>Måndag 26/1</t>
   </si>
   <si>
     <t>Tisdag 27/1</t>
   </si>
   <si>
     <t>Onsdag 28/1</t>
   </si>
   <si>
     <t>Torsdag 29/1</t>
   </si>
   <si>
     <t>Fredag 30/1</t>
   </si>
   <si>
     <t>Lördag 31/1</t>
   </si>
   <si>
     <t>Söndag 1/2</t>
   </si>
   <si>
+    <t>Miklagård 9.30-10.30</t>
+  </si>
+  <si>
     <t>BIK - Sveg</t>
   </si>
   <si>
     <t>Tider V.6</t>
   </si>
   <si>
     <t>Måndag 2/2</t>
   </si>
   <si>
     <t>Tisdag 3/2</t>
   </si>
   <si>
     <t>Onsdag 4/2</t>
   </si>
   <si>
     <t>Torsdag 5/2</t>
   </si>
   <si>
     <t>Fredag 6/2</t>
   </si>
   <si>
     <t>Lördag 7/2</t>
   </si>
   <si>
     <t>Söndag 8/2</t>
   </si>
   <si>
+    <t>BIK - Bräcke</t>
+  </si>
+  <si>
     <t>Tider V.7</t>
   </si>
   <si>
     <t>Måndag 9/2</t>
   </si>
   <si>
     <t>Tisdag 10/2</t>
   </si>
   <si>
     <t>Onsdag 11/2</t>
   </si>
   <si>
     <t>Torsdag 12/2</t>
   </si>
   <si>
     <t>Fredag 13/2</t>
   </si>
   <si>
     <t>Lördag 14/2</t>
   </si>
   <si>
     <t>Söndag 15/2</t>
   </si>
   <si>
     <t>BIK -Järvsö</t>
@@ -1681,121 +1854,64 @@
   <si>
     <t>Tider V.13</t>
   </si>
   <si>
     <t>Måndag 23/3</t>
   </si>
   <si>
     <t>Tisdag 24/3</t>
   </si>
   <si>
     <t>Onsdag 25/3</t>
   </si>
   <si>
     <t>Torsdag 26/3</t>
   </si>
   <si>
     <t>Fredag 27/3</t>
   </si>
   <si>
     <t>Lördag 28/3</t>
   </si>
   <si>
     <t>Söndag 29/3</t>
   </si>
   <si>
-    <t>kl.16.30</t>
-[...62 lines deleted...]
-    <t>17.30-20.00</t>
+    <t>Parasport</t>
+  </si>
+  <si>
+    <t>BIK Tjej/Dam</t>
+  </si>
+  <si>
+    <t>kl.16.30-18.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="35" x14ac:knownFonts="1">
+  <fonts count="46" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1986,52 +2102,126 @@
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="28"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="25">
+  <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FFE7E6E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
@@ -2132,52 +2322,112 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor rgb="FFE7E6E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor rgb="FFE7E6E6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor rgb="FFFFFF00"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor rgb="FF993366"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor rgb="FF993366"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.749992370372631"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.749992370372631"/>
+        <bgColor rgb="FFE7E6E6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor rgb="FF993366"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.749992370372631"/>
+        <bgColor rgb="FFFFFF00"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="14">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -2292,55 +2542,64 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="236">
+  <cellXfs count="296">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -2794,218 +3053,390 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="15" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="15" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="20" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="15" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="33" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="21" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="22" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="21" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="23" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="21" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="24" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="25" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="25" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="26" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="27" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="23" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="29" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="28" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="31" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="31" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="32" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="31" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="21" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="31" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="22" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="21" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="31" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="23" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="21" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="23" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="31" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="31" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="33" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="24" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="30" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="30" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="17" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="17" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="20" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="19" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="34" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="20" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="20" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFC5E0B4"/>
       <rgbColor rgb="FF808080"/>
@@ -3995,52 +4426,52 @@
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" scale="98" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C14" sqref="C14"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>201</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>203</v>
@@ -4095,283 +4526,281 @@
         <v>209</v>
       </c>
       <c r="H4" s="38"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="34"/>
       <c r="G5" s="174"/>
       <c r="H5" s="170"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="85"/>
       <c r="E6" s="2"/>
       <c r="F6" s="30"/>
-      <c r="G6" s="175" t="s">
+      <c r="G6" s="227" t="s">
         <v>210</v>
       </c>
       <c r="H6" s="171" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="34"/>
       <c r="G7" s="69"/>
       <c r="H7" s="44"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="88"/>
       <c r="E8" s="56"/>
       <c r="F8" s="58"/>
       <c r="G8" s="115"/>
       <c r="H8" s="100" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
-      <c r="D9" s="87"/>
+      <c r="D9" s="109"/>
       <c r="E9" s="44"/>
       <c r="F9" s="34"/>
       <c r="G9" s="69"/>
       <c r="H9" s="79" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="50"/>
       <c r="G10" s="172"/>
       <c r="H10" s="101" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="40"/>
       <c r="H11" s="65"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
-      <c r="F12" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F12" s="72"/>
       <c r="G12" s="24" t="s">
         <v>44</v>
       </c>
       <c r="H12" s="113"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="43"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="235" t="s">
+      <c r="C14" s="215" t="s">
         <v>166</v>
       </c>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="E14" s="94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E14" s="94"/>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="222"/>
-      <c r="H14" s="203" t="s">
+      <c r="G14" s="171" t="s">
+        <v>12</v>
+      </c>
+      <c r="H14" s="188" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="143" t="s">
-        <v>441</v>
+        <v>213</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="89" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
-      <c r="G16" s="223"/>
+      <c r="G16" s="205"/>
       <c r="H16" s="148" t="s">
-        <v>442</v>
+        <v>215</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="48"/>
       <c r="G17" s="34"/>
       <c r="H17" s="143" t="s">
-        <v>443</v>
+        <v>216</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="77" t="s">
         <v>191</v>
       </c>
       <c r="E18" s="45" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="145" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-      <c r="H18" s="204"/>
+        <v>217</v>
+      </c>
+      <c r="G18" s="186"/>
+      <c r="H18" s="189"/>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="65" t="s">
         <v>133</v>
       </c>
       <c r="E19" s="34"/>
       <c r="F19" s="143" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="44"/>
       <c r="H19" s="40"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>104</v>
       </c>
       <c r="D20" s="71" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E20" s="90" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="146" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="G20" s="46"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="65"/>
       <c r="E21" s="34"/>
       <c r="F21" s="143"/>
       <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
@@ -4379,67 +4808,65 @@
       <c r="D22" s="113"/>
       <c r="E22" s="47" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="144"/>
       <c r="G22" s="56"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="57"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
-      <c r="C24" s="27"/>
+      <c r="C24" s="224" t="s">
+        <v>220</v>
+      </c>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
       <c r="G24" s="107" t="s">
         <v>180</v>
       </c>
-      <c r="H24" s="107" t="s">
+      <c r="H24" s="214" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
+    <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="49" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="50" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="51" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -4480,414 +4907,418 @@
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" scale="96" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F22" sqref="F22"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
-      <c r="H2" s="83" t="s">
-        <v>87</v>
+      <c r="H2" s="77" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
       <c r="G3" s="75"/>
-      <c r="H3" s="35"/>
+      <c r="H3" s="173" t="s">
+        <v>230</v>
+      </c>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="30"/>
-      <c r="G4" s="76"/>
-      <c r="H4" s="84"/>
+      <c r="G4" s="194" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" s="223" t="s">
+        <v>231</v>
+      </c>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
-      <c r="G5" s="40"/>
-      <c r="H5" s="40"/>
+      <c r="G5" s="181"/>
+      <c r="H5" s="69"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="85"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
-      <c r="G6" s="7" t="s">
+      <c r="G6" s="221" t="s">
         <v>12</v>
       </c>
-      <c r="H6" s="8" t="s">
-        <v>12</v>
+      <c r="H6" s="222" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="43"/>
-      <c r="H7" s="5"/>
+      <c r="H7" s="40"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="88"/>
       <c r="E8" s="56"/>
       <c r="F8" s="58"/>
       <c r="G8" s="66" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="H8" s="100" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="34"/>
       <c r="G9" s="65" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="H9" s="79" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="50"/>
-      <c r="G10" s="191" t="s">
-        <v>228</v>
+      <c r="G10" s="183" t="s">
+        <v>235</v>
       </c>
       <c r="H10" s="101" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
-      <c r="G11" s="188"/>
+      <c r="G11" s="182"/>
       <c r="H11" s="65"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
-      <c r="F12" s="51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F12" s="99"/>
       <c r="G12" s="145" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="H12" s="147"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="34"/>
       <c r="G13" s="143" t="s">
         <v>169</v>
       </c>
       <c r="H13" s="44"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="15"/>
+      <c r="C14" s="215" t="s">
+        <v>166</v>
+      </c>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="51" t="s">
-        <v>461</v>
+        <v>238</v>
       </c>
       <c r="G14" s="148" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
-      <c r="F15" s="227"/>
+      <c r="F15" s="43"/>
       <c r="G15" s="143"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
-      <c r="E16" s="225" t="s">
-[...5 lines deleted...]
-      <c r="G16" s="226"/>
+      <c r="E16" s="207" t="s">
+        <v>214</v>
+      </c>
+      <c r="F16" s="220" t="s">
+        <v>240</v>
+      </c>
+      <c r="G16" s="208"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="34"/>
-      <c r="F17" s="228"/>
+      <c r="F17" s="209"/>
       <c r="G17" s="170"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="E18" s="45" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="229"/>
+      <c r="E18" s="231"/>
+      <c r="F18" s="210"/>
       <c r="G18" s="46"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="34"/>
-      <c r="F19" s="230"/>
+      <c r="F19" s="211"/>
       <c r="G19" s="44"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="90" t="s">
         <v>79</v>
       </c>
-      <c r="F20" s="231" t="s">
-        <v>232</v>
+      <c r="F20" s="212" t="s">
+        <v>241</v>
       </c>
       <c r="G20" s="46"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="34"/>
-      <c r="F21" s="232"/>
+      <c r="F21" s="213"/>
       <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C22" s="16"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
-      <c r="F22" s="209"/>
+      <c r="F22" s="193"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
@@ -4962,447 +5393,437 @@
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G10" sqref="G10"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
-    <col min="2" max="3" width="18.140625" customWidth="1"/>
+    <col min="2" max="2" width="20.140625" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
-    <col min="5" max="5" width="18.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="20.5703125" customWidth="1"/>
+    <col min="5" max="5" width="18.7109375" customWidth="1"/>
+    <col min="6" max="6" width="17" customWidth="1"/>
+    <col min="7" max="7" width="18.85546875" customWidth="1"/>
+    <col min="8" max="8" width="17.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>245</v>
+      </c>
+      <c r="E1" s="29" t="s">
+        <v>246</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="152" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="C2" s="152" t="s">
-        <v>241</v>
-[...5 lines deleted...]
-      <c r="F2" s="30"/>
+        <v>250</v>
+      </c>
+      <c r="D2" s="225" t="s">
+        <v>250</v>
+      </c>
+      <c r="E2" s="279"/>
+      <c r="F2" s="226"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
-      <c r="H2" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2" s="83"/>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="153"/>
       <c r="C3" s="153"/>
-      <c r="D3" s="153"/>
-[...1 lines deleted...]
-      <c r="F3" s="34"/>
+      <c r="D3" s="157"/>
+      <c r="E3" s="22"/>
+      <c r="F3" s="192"/>
       <c r="G3" s="75"/>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="152" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="C4" s="152" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>251</v>
+      </c>
+      <c r="D4" s="225" t="s">
+        <v>252</v>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="30"/>
+      <c r="F4" s="226"/>
       <c r="G4" s="76"/>
       <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="153"/>
       <c r="C5" s="153"/>
       <c r="D5" s="153"/>
-      <c r="E5" s="5"/>
+      <c r="E5" s="40"/>
       <c r="F5" s="5"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="152"/>
       <c r="C6" s="152"/>
       <c r="D6" s="159"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="153"/>
       <c r="C7" s="155"/>
       <c r="D7" s="160"/>
       <c r="E7" s="22"/>
-      <c r="F7" s="5"/>
+      <c r="F7" s="43"/>
       <c r="G7" s="43"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="152"/>
       <c r="C8" s="156"/>
       <c r="D8" s="161"/>
-      <c r="E8" s="56"/>
-[...6 lines deleted...]
-      </c>
+      <c r="E8" s="226"/>
+      <c r="F8" s="235" t="s">
+        <v>253</v>
+      </c>
+      <c r="G8" s="271"/>
+      <c r="H8" s="63"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="153"/>
       <c r="C9" s="157"/>
       <c r="D9" s="162"/>
-      <c r="E9" s="44"/>
-[...3 lines deleted...]
-      </c>
+      <c r="E9" s="192"/>
+      <c r="F9" s="236" t="s">
+        <v>254</v>
+      </c>
+      <c r="G9" s="272"/>
       <c r="H9" s="44"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="152"/>
       <c r="C10" s="152"/>
       <c r="D10" s="163"/>
-      <c r="E10" s="2"/>
-[...3 lines deleted...]
-      </c>
+      <c r="E10" s="30"/>
+      <c r="F10" s="237"/>
+      <c r="G10" s="273"/>
       <c r="H10" s="142"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="153"/>
       <c r="C11" s="153"/>
       <c r="D11" s="5"/>
-      <c r="E11" s="5"/>
-[...1 lines deleted...]
-      <c r="G11" s="69"/>
+      <c r="E11" s="34"/>
+      <c r="F11" s="234" t="s">
+        <v>255</v>
+      </c>
+      <c r="G11" s="274"/>
       <c r="H11" s="44"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="154"/>
       <c r="C12" s="158"/>
       <c r="D12" s="72"/>
-      <c r="E12" s="2"/>
-[...1 lines deleted...]
-      <c r="G12" s="172"/>
+      <c r="E12" s="30"/>
+      <c r="F12" s="238"/>
+      <c r="G12" s="275"/>
       <c r="H12" s="142"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
-      <c r="F13" s="5"/>
+      <c r="F13" s="40"/>
       <c r="G13" s="40"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="2"/>
       <c r="D14" s="16" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
-      <c r="F14" s="17" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F14" s="239" t="s">
+        <v>257</v>
+      </c>
+      <c r="G14" s="16"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
-        <v>96</v>
+        <v>256</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="89" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>214</v>
+      </c>
+      <c r="F16" s="20" t="s">
+        <v>258</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="C18" s="9" t="s">
-        <v>29</v>
+      <c r="C18" s="24" t="s">
+        <v>44</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="77" t="s">
         <v>211</v>
       </c>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="65" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B20" s="81" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B20" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" s="240"/>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="81" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="71" t="s">
-        <v>245</v>
+        <v>259</v>
       </c>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="65"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B22" s="9" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="16"/>
+      <c r="C22" s="27"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="113"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
-    <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
-      <c r="E24" s="28"/>
+      <c r="E24" s="1" t="s">
+        <v>260</v>
+      </c>
       <c r="F24" s="1" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -5440,457 +5861,465 @@
     <row r="77" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="78" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="79" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="80" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="81" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="82" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="83" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="84" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="85" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.55138888888888904" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+      <selection activeCell="H22" sqref="H22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>247</v>
+        <v>261</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>248</v>
-[...8 lines deleted...]
-        <v>251</v>
+        <v>262</v>
+      </c>
+      <c r="C1" s="29" t="s">
+        <v>263</v>
+      </c>
+      <c r="D1" s="29" t="s">
+        <v>264</v>
+      </c>
+      <c r="E1" s="29" t="s">
+        <v>265</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B2" s="2"/>
-[...5 lines deleted...]
-        <v>458</v>
+      <c r="B2" s="30"/>
+      <c r="C2" s="245" t="s">
+        <v>269</v>
+      </c>
+      <c r="D2" s="245" t="s">
+        <v>270</v>
+      </c>
+      <c r="E2" s="242" t="s">
+        <v>271</v>
+      </c>
+      <c r="F2" s="242" t="s">
+        <v>272</v>
+      </c>
+      <c r="G2" s="201" t="s">
+        <v>273</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
-      <c r="B3" s="5"/>
-[...4 lines deleted...]
-      <c r="G3" s="219"/>
+      <c r="B3" s="34"/>
+      <c r="C3" s="250"/>
+      <c r="D3" s="250"/>
+      <c r="E3" s="243"/>
+      <c r="F3" s="243"/>
+      <c r="G3" s="202"/>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
-      <c r="B4" s="2"/>
-[...5 lines deleted...]
-        <v>456</v>
+      <c r="B4" s="30"/>
+      <c r="C4" s="251"/>
+      <c r="D4" s="258"/>
+      <c r="E4" s="236"/>
+      <c r="F4" s="236"/>
+      <c r="G4" s="206" t="s">
+        <v>274</v>
       </c>
       <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
-      <c r="B5" s="5"/>
-[...3 lines deleted...]
-      <c r="F5" s="5"/>
+      <c r="B5" s="244"/>
+      <c r="C5" s="243"/>
+      <c r="D5" s="253"/>
+      <c r="E5" s="243"/>
+      <c r="F5" s="243"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="1" t="s">
+      <c r="A6" s="241" t="s">
         <v>59</v>
       </c>
-      <c r="B6" s="2"/>
-[...3 lines deleted...]
-      <c r="F6" s="2"/>
+      <c r="B6" s="245" t="s">
+        <v>275</v>
+      </c>
+      <c r="C6" s="238"/>
+      <c r="D6" s="259"/>
+      <c r="E6" s="236"/>
+      <c r="F6" s="236"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="4" t="s">
+      <c r="A7" s="67" t="s">
         <v>60</v>
       </c>
-      <c r="B7" s="5"/>
-[...3 lines deleted...]
-      <c r="F7" s="5"/>
+      <c r="B7" s="243"/>
+      <c r="C7" s="246"/>
+      <c r="D7" s="260"/>
+      <c r="E7" s="233"/>
+      <c r="F7" s="233"/>
       <c r="G7" s="43"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="1" t="s">
+      <c r="A8" s="241" t="s">
         <v>18</v>
       </c>
-      <c r="B8" s="30"/>
-[...11 lines deleted...]
-      </c>
+      <c r="B8" s="236"/>
+      <c r="C8" s="252"/>
+      <c r="D8" s="261" t="s">
+        <v>276</v>
+      </c>
+      <c r="E8" s="249"/>
+      <c r="F8" s="249"/>
+      <c r="G8" s="187" t="s">
+        <v>273</v>
+      </c>
+      <c r="H8" s="282"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="4" t="s">
+      <c r="A9" s="67" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="34"/>
-[...2 lines deleted...]
-      <c r="E9" s="44"/>
+      <c r="B9" s="243"/>
+      <c r="C9" s="253"/>
+      <c r="D9" s="256"/>
+      <c r="E9" s="170"/>
       <c r="F9" s="34"/>
       <c r="G9" s="69"/>
-      <c r="H9" s="79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="1" t="s">
+      <c r="A10" s="241" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="2"/>
-[...2 lines deleted...]
-      <c r="E10" s="2"/>
+      <c r="B10" s="236"/>
+      <c r="C10" s="232"/>
+      <c r="D10" s="236"/>
+      <c r="E10" s="56"/>
       <c r="F10" s="50"/>
       <c r="G10" s="172" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="H10" s="283"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="4" t="s">
+      <c r="A11" s="67" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="5"/>
-[...2 lines deleted...]
-      <c r="E11" s="5"/>
+      <c r="B11" s="247"/>
+      <c r="C11" s="254"/>
+      <c r="D11" s="243"/>
+      <c r="E11" s="44"/>
       <c r="F11" s="5"/>
-      <c r="G11" s="188"/>
-      <c r="H11" s="65"/>
+      <c r="G11" s="182"/>
+      <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B12" s="42"/>
-[...2 lines deleted...]
-      <c r="E12" s="2"/>
+      <c r="B12" s="248"/>
+      <c r="C12" s="255" t="s">
+        <v>278</v>
+      </c>
+      <c r="D12" s="257"/>
+      <c r="E12" s="56"/>
       <c r="F12" s="99"/>
-      <c r="G12" s="77" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="147"/>
+      <c r="G12" s="276" t="s">
+        <v>279</v>
+      </c>
+      <c r="H12" s="284"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
-      <c r="C13" s="43"/>
-      <c r="D13" s="5"/>
+      <c r="C13" s="182"/>
+      <c r="D13" s="40"/>
       <c r="E13" s="43"/>
       <c r="F13" s="34"/>
-      <c r="G13" s="149" t="s">
-        <v>445</v>
+      <c r="G13" s="277" t="s">
+        <v>280</v>
       </c>
       <c r="H13" s="44"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="16" t="s">
         <v>97</v>
       </c>
       <c r="D14" s="51" t="s">
         <v>92</v>
       </c>
-      <c r="E14" s="187" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="206" t="s">
+      <c r="E14" s="216" t="s">
+        <v>281</v>
+      </c>
+      <c r="F14" s="191" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="97" t="s">
-        <v>447</v>
+      <c r="G14" s="278" t="s">
+        <v>282</v>
       </c>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="34"/>
-      <c r="E15" s="188"/>
-[...1 lines deleted...]
-      <c r="G15" s="69"/>
+      <c r="E15" s="217"/>
+      <c r="F15" s="192"/>
+      <c r="G15" s="40"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
-      <c r="C16" s="182" t="s">
-        <v>257</v>
+      <c r="C16" s="219" t="s">
+        <v>283</v>
       </c>
       <c r="D16" s="51" t="s">
         <v>98</v>
       </c>
-      <c r="E16" s="189" t="s">
-[...5 lines deleted...]
-      <c r="G16" s="70"/>
+      <c r="E16" s="218" t="s">
+        <v>284</v>
+      </c>
+      <c r="F16" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" s="72"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="34"/>
-      <c r="E17" s="188"/>
-[...1 lines deleted...]
-      <c r="G17" s="40"/>
+      <c r="E17" s="217"/>
+      <c r="F17" s="179"/>
+      <c r="G17" s="34"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="47" t="s">
         <v>91</v>
       </c>
-      <c r="E18" s="190"/>
-[...1 lines deleted...]
-        <v>259</v>
+      <c r="E18" s="218"/>
+      <c r="F18" s="180" t="s">
+        <v>285</v>
       </c>
       <c r="G18" s="46"/>
-      <c r="H18" s="53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18" s="280"/>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
-      <c r="D19" s="5"/>
-[...1 lines deleted...]
-      <c r="F19" s="149" t="s">
+      <c r="D19" s="34"/>
+      <c r="E19" s="217"/>
+      <c r="F19" s="197" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="44"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="90" t="s">
         <v>79</v>
       </c>
-      <c r="D20" s="82" t="s">
+      <c r="D20" s="228" t="s">
         <v>103</v>
       </c>
-      <c r="E20" s="45" t="s">
-[...3 lines deleted...]
-        <v>260</v>
+      <c r="E20" s="229"/>
+      <c r="F20" s="147" t="s">
+        <v>286</v>
       </c>
       <c r="G20" s="46"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
-      <c r="E21" s="34"/>
+      <c r="E21" s="181"/>
       <c r="F21" s="69"/>
       <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="72"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="E22" s="47" t="s">
-        <v>105</v>
+      <c r="E22" s="24" t="s">
+        <v>44</v>
       </c>
       <c r="F22" s="70"/>
-      <c r="G22" s="56"/>
-      <c r="H22" s="2"/>
+      <c r="G22" s="56" t="s">
+        <v>287</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="57"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="151" t="s">
-        <v>261</v>
+        <v>288</v>
       </c>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
-      <c r="G24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H24" s="1"/>
+      <c r="G24" s="267" t="s">
+        <v>289</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -5937,344 +6366,348 @@
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16:D18"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E24" sqref="E24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>263</v>
+        <v>291</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>264</v>
+        <v>292</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>265</v>
+        <v>293</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>266</v>
+        <v>294</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>267</v>
+        <v>295</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>268</v>
+        <v>296</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>269</v>
+        <v>297</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>270</v>
+        <v>298</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B2" s="2"/>
-[...3 lines deleted...]
-      <c r="F2" s="30"/>
+      <c r="B2" s="30"/>
+      <c r="C2" s="245" t="s">
+        <v>269</v>
+      </c>
+      <c r="D2" s="245" t="s">
+        <v>270</v>
+      </c>
+      <c r="E2" s="242" t="s">
+        <v>271</v>
+      </c>
+      <c r="F2" s="242" t="s">
+        <v>272</v>
+      </c>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
-      <c r="B3" s="5"/>
-[...3 lines deleted...]
-      <c r="F3" s="34"/>
+      <c r="B3" s="34"/>
+      <c r="C3" s="250"/>
+      <c r="D3" s="250"/>
+      <c r="E3" s="243"/>
+      <c r="F3" s="243"/>
       <c r="G3" s="75"/>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
-      <c r="B4" s="2"/>
-[...3 lines deleted...]
-      <c r="F4" s="30"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="251"/>
+      <c r="D4" s="258"/>
+      <c r="E4" s="236"/>
+      <c r="F4" s="236"/>
       <c r="G4" s="76"/>
       <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
-      <c r="B5" s="5"/>
-[...3 lines deleted...]
-      <c r="F5" s="5"/>
+      <c r="B5" s="244"/>
+      <c r="C5" s="243"/>
+      <c r="D5" s="253"/>
+      <c r="E5" s="243"/>
+      <c r="F5" s="243"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B6" s="2"/>
-[...3 lines deleted...]
-      <c r="F6" s="2"/>
+      <c r="B6" s="245" t="s">
+        <v>275</v>
+      </c>
+      <c r="C6" s="238"/>
+      <c r="D6" s="262"/>
+      <c r="E6" s="236"/>
+      <c r="F6" s="236"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="B7" s="5"/>
-[...3 lines deleted...]
-      <c r="F7" s="5"/>
+      <c r="B7" s="243"/>
+      <c r="C7" s="246"/>
+      <c r="D7" s="260"/>
+      <c r="E7" s="233"/>
+      <c r="F7" s="233"/>
       <c r="G7" s="43"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B8" s="2"/>
-[...3 lines deleted...]
-      <c r="F8" s="58"/>
+      <c r="B8" s="236"/>
+      <c r="C8" s="252"/>
+      <c r="D8" s="263" t="s">
+        <v>276</v>
+      </c>
+      <c r="E8" s="249"/>
+      <c r="F8" s="249"/>
       <c r="G8" s="77" t="s">
         <v>192</v>
       </c>
-      <c r="H8" s="63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8" s="63"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="5"/>
-[...2 lines deleted...]
-      <c r="E9" s="44"/>
+      <c r="B9" s="243"/>
+      <c r="C9" s="253"/>
+      <c r="D9" s="256"/>
+      <c r="E9" s="170"/>
       <c r="F9" s="34"/>
       <c r="G9" s="149" t="s">
         <v>148</v>
       </c>
       <c r="H9" s="44"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="2"/>
-[...2 lines deleted...]
-      <c r="E10" s="2"/>
+      <c r="B10" s="236"/>
+      <c r="C10" s="232"/>
+      <c r="D10" s="236"/>
+      <c r="E10" s="56"/>
       <c r="F10" s="50"/>
       <c r="G10" s="97" t="s">
-        <v>446</v>
+        <v>299</v>
       </c>
       <c r="H10" s="142"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="5"/>
-[...3 lines deleted...]
-      <c r="F11" s="34"/>
+      <c r="B11" s="247"/>
+      <c r="C11" s="254"/>
+      <c r="D11" s="243"/>
+      <c r="E11" s="44"/>
+      <c r="F11" s="5"/>
       <c r="G11" s="69"/>
       <c r="H11" s="44"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B12" s="42"/>
-[...2 lines deleted...]
-      <c r="E12" s="2"/>
+      <c r="B12" s="248"/>
+      <c r="C12" s="255" t="s">
+        <v>278</v>
+      </c>
+      <c r="D12" s="257"/>
+      <c r="E12" s="56"/>
       <c r="F12" s="99"/>
       <c r="G12" s="172"/>
       <c r="H12" s="142"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="40"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G14" s="16"/>
+      <c r="H14" s="53"/>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="43"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
-      <c r="C16" s="210" t="s">
-        <v>448</v>
+      <c r="C16" s="194" t="s">
+        <v>301</v>
       </c>
       <c r="D16" s="77" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>302</v>
+      </c>
+      <c r="E16" s="195" t="s">
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="34"/>
       <c r="D17" s="149" t="s">
-        <v>450</v>
+        <v>303</v>
       </c>
       <c r="E17" s="44"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="47" t="s">
         <v>29</v>
       </c>
-      <c r="D18" s="213" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="D18" s="196" t="s">
+        <v>286</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>105</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
-      <c r="H18" s="53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18" s="53"/>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="40"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
@@ -6290,81 +6723,83 @@
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C22" s="16"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1" t="s">
-        <v>262</v>
+        <v>304</v>
       </c>
       <c r="G24" s="1"/>
-      <c r="H24" s="1"/>
+      <c r="H24" s="1" t="s">
+        <v>305</v>
+      </c>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -6408,433 +6843,450 @@
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.15763888888888899" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>271</v>
+        <v>306</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>272</v>
+        <v>307</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>273</v>
+        <v>308</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>274</v>
+        <v>309</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>275</v>
+        <v>310</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>276</v>
+        <v>311</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>277</v>
+        <v>312</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>278</v>
+        <v>313</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B2" s="2"/>
-[...5 lines deleted...]
-        <v>455</v>
+      <c r="B2" s="30"/>
+      <c r="C2" s="245" t="s">
+        <v>269</v>
+      </c>
+      <c r="D2" s="245" t="s">
+        <v>270</v>
+      </c>
+      <c r="E2" s="242" t="s">
+        <v>271</v>
+      </c>
+      <c r="F2" s="242" t="s">
+        <v>272</v>
+      </c>
+      <c r="G2" s="201" t="s">
+        <v>314</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
-      <c r="B3" s="5"/>
-[...5 lines deleted...]
-        <v>456</v>
+      <c r="B3" s="34"/>
+      <c r="C3" s="250"/>
+      <c r="D3" s="250"/>
+      <c r="E3" s="243"/>
+      <c r="F3" s="243"/>
+      <c r="G3" s="204" t="s">
+        <v>274</v>
       </c>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
-      <c r="B4" s="2"/>
-[...4 lines deleted...]
-      <c r="G4" s="220"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="251"/>
+      <c r="D4" s="258"/>
+      <c r="E4" s="236"/>
+      <c r="F4" s="236"/>
+      <c r="G4" s="203"/>
       <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
-      <c r="B5" s="5"/>
-[...3 lines deleted...]
-      <c r="F5" s="5"/>
+      <c r="B5" s="244"/>
+      <c r="C5" s="243"/>
+      <c r="D5" s="253"/>
+      <c r="E5" s="243"/>
+      <c r="F5" s="243"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B6" s="2"/>
-[...3 lines deleted...]
-      <c r="F6" s="2"/>
+      <c r="B6" s="245" t="s">
+        <v>275</v>
+      </c>
+      <c r="C6" s="238"/>
+      <c r="D6" s="262"/>
+      <c r="E6" s="236"/>
+      <c r="F6" s="236"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="B7" s="5"/>
-[...3 lines deleted...]
-      <c r="F7" s="5"/>
+      <c r="B7" s="243"/>
+      <c r="C7" s="246"/>
+      <c r="D7" s="260"/>
+      <c r="E7" s="233"/>
+      <c r="F7" s="233"/>
       <c r="G7" s="43"/>
-      <c r="H7" s="5"/>
+      <c r="H7" s="43"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B8" s="2"/>
-[...9 lines deleted...]
-      </c>
+      <c r="B8" s="236"/>
+      <c r="C8" s="252"/>
+      <c r="D8" s="263" t="s">
+        <v>276</v>
+      </c>
+      <c r="E8" s="249"/>
+      <c r="F8" s="249"/>
+      <c r="G8" s="201" t="s">
+        <v>314</v>
+      </c>
+      <c r="H8" s="16"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="5"/>
-[...2 lines deleted...]
-      <c r="E9" s="44"/>
+      <c r="B9" s="243"/>
+      <c r="C9" s="253"/>
+      <c r="D9" s="256"/>
+      <c r="E9" s="170"/>
       <c r="F9" s="34"/>
       <c r="G9" s="143" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="H9" s="44"/>
+        <v>315</v>
+      </c>
+      <c r="H9" s="170"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="2"/>
-[...2 lines deleted...]
-      <c r="E10" s="2"/>
+      <c r="B10" s="236"/>
+      <c r="C10" s="232"/>
+      <c r="D10" s="236"/>
+      <c r="E10" s="56"/>
       <c r="F10" s="50"/>
       <c r="G10" s="172"/>
       <c r="H10" s="142"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="5"/>
-[...2 lines deleted...]
-      <c r="E11" s="5"/>
+      <c r="B11" s="247"/>
+      <c r="C11" s="254"/>
+      <c r="D11" s="243"/>
+      <c r="E11" s="44"/>
       <c r="F11" s="5"/>
-      <c r="G11" s="188"/>
+      <c r="G11" s="182"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B12" s="42"/>
-[...2 lines deleted...]
-      <c r="E12" s="2"/>
+      <c r="B12" s="248"/>
+      <c r="C12" s="255" t="s">
+        <v>278</v>
+      </c>
+      <c r="D12" s="257"/>
+      <c r="E12" s="56"/>
       <c r="F12" s="99"/>
-      <c r="G12" s="83"/>
-[...1 lines deleted...]
-        <v>259</v>
+      <c r="G12" s="287"/>
+      <c r="H12" s="77" t="s">
+        <v>285</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="34"/>
-      <c r="G13" s="193"/>
-      <c r="H13" s="69"/>
+      <c r="G13" s="244"/>
+      <c r="H13" s="174"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="E14" s="94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E14" s="94"/>
       <c r="F14" s="52" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="192"/>
-[...1 lines deleted...]
-        <v>279</v>
+      <c r="G14" s="294" t="s">
+        <v>496</v>
+      </c>
+      <c r="H14" s="291" t="s">
+        <v>316</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="34"/>
-      <c r="G15" s="193"/>
-      <c r="H15" s="69"/>
+      <c r="G15" s="295" t="s">
+        <v>497</v>
+      </c>
+      <c r="H15" s="292"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>99</v>
       </c>
       <c r="F16" s="51" t="s">
         <v>100</v>
       </c>
-      <c r="G16" s="194"/>
-      <c r="H16" s="103" t="s">
+      <c r="G16" s="293"/>
+      <c r="H16" s="286" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="54"/>
-      <c r="G17" s="195"/>
-      <c r="H17" s="54"/>
+      <c r="G17" s="54"/>
+      <c r="H17" s="22"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="77" t="s">
         <v>191</v>
       </c>
       <c r="G18" s="55"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="65" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B20" s="9"/>
+      <c r="B20" s="9" t="s">
+        <v>104</v>
+      </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="81" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="71" t="s">
-        <v>280</v>
+        <v>317</v>
       </c>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="65"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B22" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="16"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="113"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C24" s="27"/>
-      <c r="D24" s="27"/>
+      <c r="D24" s="230" t="s">
+        <v>318</v>
+      </c>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
-      <c r="G24" s="1"/>
+      <c r="G24" s="285" t="s">
+        <v>319</v>
+      </c>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -6879,89 +7331,89 @@
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScale="102" zoomScaleNormal="102" workbookViewId="0">
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="H2" sqref="H2:H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>281</v>
+        <v>320</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>282</v>
+        <v>321</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>283</v>
+        <v>322</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>284</v>
+        <v>323</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>285</v>
+        <v>324</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>286</v>
+        <v>325</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>287</v>
+        <v>326</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -7005,307 +7457,305 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G8" s="16"/>
       <c r="H8" s="77" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="65" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G10" s="16"/>
       <c r="H10" s="71" t="s">
-        <v>288</v>
+        <v>327</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="65"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
       <c r="G12" s="77" t="s">
         <v>211</v>
       </c>
       <c r="H12" s="113"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="65" t="s">
         <v>169</v>
       </c>
-      <c r="H13" s="5"/>
+      <c r="H13" s="43"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="71" t="s">
-[...3 lines deleted...]
-        <v>95</v>
+      <c r="G14" s="165" t="s">
+        <v>328</v>
+      </c>
+      <c r="H14" s="265" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
-      <c r="G15" s="65"/>
-      <c r="H15" s="44"/>
+      <c r="G15" s="164"/>
+      <c r="H15" s="184" t="s">
+        <v>213</v>
+      </c>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>99</v>
       </c>
-      <c r="F16" s="16" t="s">
-[...4 lines deleted...]
-        <v>101</v>
+      <c r="F16" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" s="166"/>
+      <c r="H16" s="266" t="s">
+        <v>329</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
-      <c r="G17" s="5"/>
-      <c r="H17" s="44"/>
+      <c r="G17" s="34"/>
+      <c r="H17" s="69"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="E18" s="24" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="E18" s="81" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="G18" s="241"/>
+      <c r="H18" s="264"/>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
-      <c r="H19" s="5"/>
+      <c r="H19" s="40"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
-      <c r="E20" s="81" t="s">
-        <v>79</v>
+      <c r="E20" s="9" t="s">
+        <v>105</v>
       </c>
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C22" s="16"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="E22" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E22" s="9"/>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="s">
+        <v>305</v>
+      </c>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -7350,127 +7800,127 @@
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.15763888888888899" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H9" sqref="H9"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>330</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>291</v>
+        <v>331</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>292</v>
+        <v>332</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>293</v>
+        <v>333</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>294</v>
+        <v>334</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>295</v>
+        <v>335</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>296</v>
+        <v>336</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>297</v>
+        <v>337</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
-      <c r="G2" s="218" t="s">
-        <v>460</v>
+      <c r="G2" s="201" t="s">
+        <v>338</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
-      <c r="G3" s="221" t="s">
-        <v>456</v>
+      <c r="G3" s="204" t="s">
+        <v>274</v>
       </c>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="30"/>
-      <c r="G4" s="220"/>
+      <c r="G4" s="203"/>
       <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="85"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
@@ -7478,216 +7928,212 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="218" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="201" t="s">
+        <v>338</v>
+      </c>
+      <c r="H8" s="16"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="143" t="s">
-        <v>457</v>
+        <v>315</v>
       </c>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
       <c r="G10" s="172"/>
-      <c r="H10" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10" s="16"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
-      <c r="G11" s="5"/>
+      <c r="G11" s="43"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
-      <c r="F12" s="72"/>
-[...3 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="F12" s="99"/>
+      <c r="G12" s="66" t="s">
+        <v>339</v>
+      </c>
+      <c r="H12" s="142"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
-      <c r="F13" s="5"/>
-[...1 lines deleted...]
-      <c r="H13" s="5"/>
+      <c r="F13" s="34"/>
+      <c r="G13" s="184" t="s">
+        <v>340</v>
+      </c>
+      <c r="H13" s="44"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
-      <c r="F14" s="17" t="s">
+      <c r="F14" s="52" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-        <v>90</v>
+      <c r="G14" s="115" t="s">
+        <v>341</v>
       </c>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
-      <c r="F15" s="5"/>
-      <c r="G15" s="5"/>
+      <c r="F15" s="34"/>
+      <c r="G15" s="184"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>99</v>
       </c>
-      <c r="F16" s="16" t="s">
+      <c r="F16" s="51" t="s">
         <v>100</v>
       </c>
-      <c r="G16" s="21"/>
+      <c r="G16" s="70"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
-      <c r="G17" s="5"/>
+      <c r="G17" s="40"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="1"/>
-      <c r="H18" s="53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18" s="53"/>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
@@ -7729,53 +8175,57 @@
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
-      <c r="F24" s="1"/>
+      <c r="F24" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="G24" s="1"/>
-      <c r="H24" s="1"/>
+      <c r="H24" s="1" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -7819,89 +8269,89 @@
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScale="94" zoomScaleNormal="94" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F11" sqref="F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>298</v>
+        <v>342</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>299</v>
+        <v>343</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>300</v>
+        <v>344</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>301</v>
+        <v>345</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>302</v>
+        <v>346</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>303</v>
+        <v>347</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>304</v>
+        <v>348</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>305</v>
+        <v>349</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -7945,145 +8395,139 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="43"/>
       <c r="H7" s="43"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="58"/>
-      <c r="G8" s="51" t="s">
-        <v>90</v>
+      <c r="G8" s="45" t="s">
+        <v>44</v>
       </c>
       <c r="H8" s="100" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="34"/>
-      <c r="G9" s="186"/>
-[...1 lines deleted...]
-        <v>444</v>
+      <c r="G9" s="181"/>
+      <c r="H9" s="197" t="s">
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="50"/>
-      <c r="G10" s="51" t="s">
-[...3 lines deleted...]
-        <v>442</v>
+      <c r="G10" s="51"/>
+      <c r="H10" s="198" t="s">
+        <v>215</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
-      <c r="G11" s="186"/>
+      <c r="G11" s="181"/>
       <c r="H11" s="69"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="51" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="205"/>
+      <c r="G12" s="51"/>
+      <c r="H12" s="190"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="40"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="16"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
@@ -8108,93 +8552,85 @@
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="48"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="77" t="s">
         <v>211</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="45" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="197" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18" s="185"/>
       <c r="G18" s="46"/>
-      <c r="H18" s="53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18" s="46"/>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="65" t="s">
         <v>133</v>
       </c>
       <c r="D19" s="5"/>
       <c r="E19" s="34"/>
-      <c r="F19" s="196" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F19" s="184"/>
       <c r="G19" s="44"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="71" t="s">
         <v>170</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="90" t="s">
         <v>79</v>
       </c>
-      <c r="F20" s="113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F20" s="113"/>
       <c r="G20" s="46"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="65"/>
       <c r="D21" s="5"/>
       <c r="E21" s="34"/>
       <c r="F21" s="69"/>
       <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C22" s="113"/>
@@ -8207,52 +8643,56 @@
       <c r="F22" s="70"/>
       <c r="G22" s="56"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="57"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
-      <c r="G24" s="1"/>
-      <c r="H24" s="1"/>
+      <c r="G24" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -8299,89 +8739,89 @@
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16:D18"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="D33" sqref="D33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>307</v>
+        <v>352</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>308</v>
+        <v>353</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>309</v>
+        <v>354</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>310</v>
+        <v>355</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>311</v>
+        <v>356</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>312</v>
+        <v>357</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>313</v>
+        <v>358</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>314</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -8425,240 +8865,230 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="16"/>
+      <c r="H8" s="16"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G10" s="16"/>
       <c r="H10" s="95"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G12" s="16"/>
       <c r="H12" s="95"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="16"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>449</v>
+        <v>301</v>
+      </c>
+      <c r="D16" s="199" t="s">
+        <v>302</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>99</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="149" t="s">
-        <v>450</v>
+        <v>303</v>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="77" t="s">
         <v>211</v>
       </c>
-      <c r="D18" s="217" t="s">
-        <v>451</v>
+      <c r="D18" s="200" t="s">
+        <v>360</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="65" t="s">
         <v>133</v>
       </c>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="71" t="s">
-        <v>315</v>
+        <v>361</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="81" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="65"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
@@ -8679,51 +9109,51 @@
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1" t="s">
-        <v>262</v>
+        <v>304</v>
       </c>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -9263,72 +9693,72 @@
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H14" sqref="H14:H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>316</v>
+        <v>362</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>317</v>
+        <v>363</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>318</v>
+        <v>364</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>319</v>
+        <v>365</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>320</v>
+        <v>366</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>321</v>
+        <v>367</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>322</v>
+        <v>368</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>323</v>
+        <v>369</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="116"/>
       <c r="E2" s="116"/>
       <c r="F2" s="117"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="80"/>
       <c r="E3" s="80"/>
       <c r="F3" s="118"/>
@@ -9342,173 +9772,163 @@
       <c r="D4" s="116"/>
       <c r="E4" s="116"/>
       <c r="F4" s="117"/>
       <c r="G4" s="76"/>
       <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="80"/>
       <c r="E5" s="80"/>
       <c r="F5" s="80"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="139" t="s">
-        <v>324</v>
+        <v>370</v>
       </c>
       <c r="E6" s="140" t="s">
-        <v>325</v>
+        <v>371</v>
       </c>
       <c r="F6" s="140" t="s">
-        <v>326</v>
+        <v>372</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="119"/>
       <c r="E7" s="120"/>
       <c r="F7" s="80"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="121"/>
       <c r="E8" s="122"/>
       <c r="F8" s="123"/>
-      <c r="G8" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="16"/>
+      <c r="H8" s="16"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="124"/>
       <c r="E9" s="125"/>
       <c r="F9" s="80"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="126"/>
       <c r="E10" s="116"/>
       <c r="F10" s="127"/>
-      <c r="G10" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G10" s="16"/>
       <c r="H10" s="95"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="80"/>
       <c r="E11" s="80"/>
       <c r="F11" s="80"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="128"/>
       <c r="E12" s="116"/>
       <c r="F12" s="128"/>
-      <c r="G12" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G12" s="16"/>
       <c r="H12" s="95"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="80"/>
       <c r="E13" s="80"/>
       <c r="F13" s="80"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="83" t="s">
         <v>116</v>
       </c>
       <c r="D14" s="128"/>
       <c r="E14" s="129"/>
       <c r="F14" s="130"/>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="16"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="80"/>
       <c r="E15" s="80"/>
       <c r="F15" s="80"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
@@ -9712,388 +10132,376 @@
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H14" sqref="H14:H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>327</v>
+        <v>373</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>328</v>
+        <v>374</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>329</v>
+        <v>375</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>330</v>
+        <v>376</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>331</v>
+        <v>377</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>332</v>
+        <v>378</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>333</v>
+        <v>379</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>334</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
-      <c r="D2" s="2"/>
-      <c r="E2" s="2"/>
+      <c r="D2" s="116"/>
+      <c r="E2" s="116"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
-      <c r="D3" s="5"/>
-      <c r="E3" s="5"/>
+      <c r="D3" s="80"/>
+      <c r="E3" s="80"/>
       <c r="F3" s="34"/>
       <c r="G3" s="75"/>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
-      <c r="D4" s="2"/>
-      <c r="E4" s="2"/>
+      <c r="D4" s="116"/>
+      <c r="E4" s="116"/>
       <c r="F4" s="30"/>
       <c r="G4" s="76"/>
       <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
-      <c r="D5" s="5"/>
-      <c r="E5" s="5"/>
+      <c r="D5" s="80"/>
+      <c r="E5" s="80"/>
       <c r="F5" s="5"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
-      <c r="D6" s="85"/>
-      <c r="E6" s="2"/>
+      <c r="D6" s="270" t="s">
+        <v>381</v>
+      </c>
+      <c r="E6" s="269" t="s">
+        <v>382</v>
+      </c>
       <c r="F6" s="2"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
-      <c r="D7" s="86"/>
-      <c r="E7" s="22"/>
+      <c r="D7" s="119"/>
+      <c r="E7" s="120"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
-      <c r="D8" s="110"/>
-      <c r="E8" s="56"/>
+      <c r="D8" s="268" t="s">
+        <v>383</v>
+      </c>
+      <c r="E8" s="268" t="s">
+        <v>383</v>
+      </c>
       <c r="F8" s="12"/>
       <c r="G8" s="16" t="s">
         <v>88</v>
       </c>
       <c r="H8" s="16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
-      <c r="D9" s="87"/>
-      <c r="E9" s="44"/>
+      <c r="D9" s="124"/>
+      <c r="E9" s="125"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
-      <c r="D10" s="49"/>
-      <c r="E10" s="2"/>
+      <c r="D10" s="126"/>
+      <c r="E10" s="116"/>
       <c r="F10" s="13"/>
       <c r="G10" s="16" t="s">
         <v>90</v>
       </c>
       <c r="H10" s="95"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
-      <c r="D11" s="5"/>
-      <c r="E11" s="5"/>
+      <c r="D11" s="80"/>
+      <c r="E11" s="80"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
-      <c r="D12" s="72"/>
-      <c r="E12" s="2"/>
+      <c r="D12" s="128"/>
+      <c r="E12" s="116"/>
       <c r="F12" s="72"/>
       <c r="G12" s="16" t="s">
         <v>90</v>
       </c>
       <c r="H12" s="95"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
-      <c r="D13" s="5"/>
-      <c r="E13" s="5"/>
+      <c r="D13" s="80"/>
+      <c r="E13" s="80"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="83" t="s">
         <v>116</v>
       </c>
-      <c r="D14" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D14" s="128"/>
+      <c r="E14" s="129"/>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
       <c r="G14" s="16" t="s">
         <v>90</v>
       </c>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
-      <c r="D15" s="5"/>
-      <c r="E15" s="5"/>
+      <c r="D15" s="80"/>
+      <c r="E15" s="80"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
-      <c r="D16" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D16" s="128"/>
+      <c r="E16" s="131"/>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
-      <c r="D17" s="5"/>
-      <c r="E17" s="5"/>
+      <c r="D17" s="80"/>
+      <c r="E17" s="80"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="D18" s="9" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D18" s="132"/>
+      <c r="E18" s="133"/>
       <c r="F18" s="16" t="s">
         <v>121</v>
       </c>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
-      <c r="D19" s="5"/>
-      <c r="E19" s="5"/>
+      <c r="D19" s="80"/>
+      <c r="E19" s="80"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="D20" s="82" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D20" s="128"/>
+      <c r="E20" s="132"/>
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
-      <c r="D21" s="5"/>
-      <c r="E21" s="5"/>
+      <c r="D21" s="80"/>
+      <c r="E21" s="80"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C22" s="16"/>
-      <c r="D22" s="9" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D22" s="132"/>
+      <c r="E22" s="132"/>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
@@ -10181,72 +10589,72 @@
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F18" sqref="F18:F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>335</v>
+        <v>384</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>336</v>
+        <v>385</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>337</v>
+        <v>386</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>338</v>
+        <v>387</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>339</v>
+        <v>388</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>340</v>
+        <v>389</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>341</v>
+        <v>390</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>342</v>
+        <v>391</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -10451,90 +10859,90 @@
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="66" t="s">
-        <v>259</v>
+      <c r="F18" s="185" t="s">
+        <v>217</v>
       </c>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
-      <c r="F19" s="149" t="s">
+      <c r="F19" s="184" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="81" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="113" t="s">
-        <v>260</v>
+        <v>351</v>
       </c>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="69"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
@@ -10548,51 +10956,53 @@
       <c r="F22" s="70"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -10652,51 +11062,51 @@
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.5703125" customWidth="1"/>
     <col min="2" max="8" width="19.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>343</v>
+        <v>392</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>83</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>84</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
@@ -10821,73 +11231,73 @@
     <row r="14" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="4"/>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
     </row>
     <row r="16" spans="1:8" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="61" t="s">
-        <v>344</v>
+        <v>393</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="4"/>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
       <c r="H17" s="5"/>
     </row>
     <row r="18" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
-        <v>345</v>
+        <v>394</v>
       </c>
       <c r="B18" s="61" t="s">
-        <v>346</v>
+        <v>395</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
@@ -10910,105 +11320,105 @@
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="62" t="s">
-        <v>347</v>
+        <v>396</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="G8" sqref="G8:G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>348</v>
+        <v>397</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>349</v>
+        <v>398</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>351</v>
+        <v>400</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>352</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>353</v>
+        <v>402</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>354</v>
+        <v>403</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>355</v>
+        <v>404</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -11052,115 +11462,115 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="216" t="s">
-        <v>449</v>
+      <c r="G8" s="199" t="s">
+        <v>302</v>
       </c>
       <c r="H8" s="77" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="149" t="s">
-        <v>444</v>
+        <v>350</v>
       </c>
       <c r="H9" s="65" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="217" t="s">
-        <v>452</v>
+      <c r="G10" s="200" t="s">
+        <v>405</v>
       </c>
       <c r="H10" s="71" t="s">
-        <v>356</v>
+        <v>406</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="65"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
       <c r="G12" s="16" t="s">
         <v>90</v>
       </c>
       <c r="H12" s="71" t="s">
-        <v>357</v>
+        <v>407</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="83" t="s">
         <v>116</v>
       </c>
       <c r="D14" s="16" t="s">
@@ -11222,89 +11632,89 @@
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="66" t="s">
-        <v>259</v>
+        <v>285</v>
       </c>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="149" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="81" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="113" t="s">
-        <v>358</v>
+        <v>408</v>
       </c>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="69"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
@@ -11408,88 +11818,88 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G10" sqref="G10"/>
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>359</v>
+        <v>409</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>360</v>
+        <v>410</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>361</v>
+        <v>411</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>362</v>
+        <v>412</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>363</v>
+        <v>413</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>364</v>
+        <v>414</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>365</v>
+        <v>415</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>366</v>
+        <v>416</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -11533,82 +11943,82 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="216" t="s">
-        <v>449</v>
+      <c r="G8" s="199" t="s">
+        <v>302</v>
       </c>
       <c r="H8" s="16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="149" t="s">
-        <v>444</v>
+        <v>350</v>
       </c>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="217" t="s">
-        <v>453</v>
+      <c r="G10" s="200" t="s">
+        <v>417</v>
       </c>
       <c r="H10" s="95"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
       <c r="G12" s="16" t="s">
@@ -11676,165 +12086,169 @@
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>99</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
-      <c r="F17" s="22"/>
+      <c r="F17" s="48"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="E18" s="24" t="s">
+      <c r="E18" s="45" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="1"/>
+      <c r="F18" s="77" t="s">
+        <v>211</v>
+      </c>
+      <c r="G18" s="46"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
-      <c r="E19" s="5"/>
-[...1 lines deleted...]
-      <c r="G19" s="5"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="65" t="s">
+        <v>133</v>
+      </c>
+      <c r="G19" s="44"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
-      <c r="E20" s="81" t="s">
+      <c r="E20" s="90" t="s">
         <v>79</v>
       </c>
-      <c r="F20" s="27"/>
-      <c r="G20" s="1"/>
+      <c r="F20" s="71" t="s">
+        <v>418</v>
+      </c>
+      <c r="G20" s="46"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
-      <c r="E21" s="5"/>
-[...1 lines deleted...]
-      <c r="G21" s="5"/>
+      <c r="E21" s="34"/>
+      <c r="F21" s="184"/>
+      <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C22" s="16"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="E22" s="9" t="s">
+      <c r="E22" s="47" t="s">
         <v>105</v>
       </c>
-      <c r="F22" s="21"/>
-      <c r="G22" s="2"/>
+      <c r="F22" s="70"/>
+      <c r="G22" s="56"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
-      <c r="F23" s="4"/>
+      <c r="F23" s="57"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1" t="s">
-        <v>262</v>
+        <v>304</v>
       </c>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -11881,96 +12295,98 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D10" sqref="D10"/>
+      <selection activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>367</v>
+        <v>419</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>368</v>
+        <v>420</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>369</v>
+        <v>421</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>370</v>
+        <v>422</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>371</v>
+        <v>423</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>372</v>
+        <v>424</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>373</v>
+        <v>425</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>374</v>
+        <v>426</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
-      <c r="C2" s="2"/>
+      <c r="C2" s="281" t="s">
+        <v>427</v>
+      </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
       <c r="G3" s="75"/>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
@@ -12007,79 +12423,79 @@
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="43"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="58"/>
       <c r="G8" s="77" t="s">
-        <v>259</v>
+        <v>285</v>
       </c>
       <c r="H8" s="63" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="34"/>
       <c r="G9" s="65"/>
       <c r="H9" s="44"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="50"/>
       <c r="G10" s="97" t="s">
-        <v>375</v>
+        <v>428</v>
       </c>
       <c r="H10" s="142"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="34"/>
       <c r="G11" s="65"/>
       <c r="H11" s="44"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="99"/>
       <c r="G12" s="150" t="s">
@@ -12260,54 +12676,58 @@
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-      <c r="H24" s="1"/>
+        <v>304</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -12352,96 +12772,98 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.15763888888888899" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G8" sqref="G8:G10"/>
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>376</v>
+        <v>429</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>377</v>
+        <v>430</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>378</v>
+        <v>431</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>379</v>
+        <v>432</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>380</v>
+        <v>433</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>381</v>
+        <v>434</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>382</v>
+        <v>435</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>383</v>
+        <v>436</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
-      <c r="C2" s="2"/>
+      <c r="C2" s="281" t="s">
+        <v>427</v>
+      </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
       <c r="G3" s="75"/>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
@@ -12477,82 +12899,82 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="216" t="s">
-        <v>449</v>
+      <c r="G8" s="199" t="s">
+        <v>302</v>
       </c>
       <c r="H8" s="16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="149" t="s">
-        <v>444</v>
+        <v>350</v>
       </c>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="217" t="s">
-        <v>454</v>
+      <c r="G10" s="200" t="s">
+        <v>437</v>
       </c>
       <c r="H10" s="95"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
       <c r="G12" s="16" t="s">
@@ -12823,96 +13245,98 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H10" sqref="H10"/>
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>384</v>
+        <v>438</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>385</v>
+        <v>439</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>386</v>
+        <v>440</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>387</v>
+        <v>441</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>388</v>
+        <v>442</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>389</v>
+        <v>443</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>390</v>
+        <v>444</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>391</v>
+        <v>445</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
-      <c r="C2" s="2"/>
+      <c r="C2" s="281" t="s">
+        <v>427</v>
+      </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
       <c r="G3" s="75"/>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
@@ -12949,84 +13373,84 @@
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
       <c r="G8" s="77" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>449</v>
+        <v>285</v>
+      </c>
+      <c r="H8" s="199" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="65"/>
       <c r="H9" s="149" t="s">
-        <v>444</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
       <c r="G10" s="97" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>446</v>
+      </c>
+      <c r="H10" s="200" t="s">
+        <v>361</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="65"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
       <c r="G12" s="150" t="s">
         <v>148</v>
@@ -13295,89 +13719,89 @@
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.15763888888888899" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1B00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScale="88" zoomScaleNormal="88" workbookViewId="0">
+    <sheetView zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>393</v>
+        <v>447</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>394</v>
+        <v>448</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>395</v>
+        <v>449</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>396</v>
+        <v>450</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>397</v>
+        <v>451</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>398</v>
+        <v>452</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>399</v>
+        <v>453</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>400</v>
+        <v>454</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -13562,151 +13986,155 @@
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>99</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
-      <c r="F17" s="22"/>
+      <c r="F17" s="48"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="E18" s="24" t="s">
+      <c r="E18" s="45" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="1"/>
+      <c r="F18" s="145" t="s">
+        <v>237</v>
+      </c>
+      <c r="G18" s="46"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
-      <c r="E19" s="5"/>
-[...1 lines deleted...]
-      <c r="G19" s="5"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="143" t="s">
+        <v>133</v>
+      </c>
+      <c r="G19" s="44"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
-      <c r="E20" s="81" t="s">
+      <c r="E20" s="90" t="s">
         <v>79</v>
       </c>
-      <c r="F20" s="27"/>
-      <c r="G20" s="1"/>
+      <c r="F20" s="146" t="s">
+        <v>286</v>
+      </c>
+      <c r="G20" s="46"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
-      <c r="E21" s="5"/>
-[...1 lines deleted...]
-      <c r="G21" s="5"/>
+      <c r="E21" s="34"/>
+      <c r="F21" s="143"/>
+      <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C22" s="16"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="E22" s="9" t="s">
+      <c r="E22" s="47" t="s">
         <v>105</v>
       </c>
-      <c r="F22" s="21"/>
-      <c r="G22" s="2"/>
+      <c r="F22" s="144"/>
+      <c r="G22" s="56"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
-      <c r="F23" s="4"/>
+      <c r="F23" s="57"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -14246,72 +14674,72 @@
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1C00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>401</v>
+        <v>455</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>402</v>
+        <v>456</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>403</v>
+        <v>457</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>404</v>
+        <v>458</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>405</v>
+        <v>459</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>406</v>
+        <v>460</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>407</v>
+        <v>461</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>408</v>
+        <v>462</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -14715,72 +15143,72 @@
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1D00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>409</v>
+        <v>463</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>410</v>
+        <v>464</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>411</v>
+        <v>465</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>412</v>
+        <v>466</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>413</v>
+        <v>467</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>415</v>
+        <v>469</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>416</v>
+        <v>470</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -15184,72 +15612,72 @@
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1E00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>417</v>
+        <v>471</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>418</v>
+        <v>472</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>419</v>
+        <v>473</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>420</v>
+        <v>474</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>421</v>
+        <v>475</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>422</v>
+        <v>476</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>423</v>
+        <v>477</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>424</v>
+        <v>478</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -15653,72 +16081,72 @@
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1F00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>425</v>
+        <v>479</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>426</v>
+        <v>480</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>427</v>
+        <v>481</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>428</v>
+        <v>482</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>429</v>
+        <v>483</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>430</v>
+        <v>484</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>431</v>
+        <v>485</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>432</v>
+        <v>486</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -16106,88 +16534,88 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8346B89C-4856-440F-945F-B34A64A1660C}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H1" sqref="H1"/>
+      <selection activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>433</v>
+        <v>487</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>434</v>
+        <v>488</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>435</v>
+        <v>489</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>436</v>
+        <v>490</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>437</v>
+        <v>491</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>438</v>
+        <v>492</v>
       </c>
       <c r="G1" s="29" t="s">
-        <v>439</v>
+        <v>493</v>
       </c>
       <c r="H1" s="29" t="s">
-        <v>440</v>
+        <v>494</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
@@ -16232,54 +16660,54 @@
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
       <c r="G8" s="16" t="s">
-        <v>88</v>
+        <v>495</v>
       </c>
       <c r="H8" s="16" t="s">
-        <v>89</v>
+        <v>495</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
       <c r="G10" s="16" t="s">
         <v>90</v>
@@ -18644,103 +19072,103 @@
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107" t="s">
         <v>180</v>
       </c>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
       <c r="G8" s="59" t="s">
         <v>166</v>
       </c>
-      <c r="H8" s="198" t="s">
+      <c r="H8" s="288" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
-      <c r="H9" s="199"/>
+      <c r="H9" s="289"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
       <c r="G10" s="59" t="s">
         <v>166</v>
       </c>
-      <c r="H10" s="199"/>
+      <c r="H10" s="289"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="43"/>
-      <c r="H11" s="199"/>
+      <c r="H11" s="289"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="99"/>
       <c r="G12" s="176"/>
-      <c r="H12" s="200"/>
+      <c r="H12" s="290"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="34"/>
       <c r="G13" s="34"/>
       <c r="H13" s="44"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="94" t="s">
@@ -18987,52 +19415,52 @@
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="H8:H12"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" scale="97" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H10" sqref="H10"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>186</v>
@@ -19343,51 +19771,51 @@
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="34"/>
       <c r="F21" s="65" t="s">
         <v>133</v>
       </c>
       <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="72"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="47" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="113" t="s">
         <v>199</v>
       </c>
       <c r="G22" s="56"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="67"/>
       <c r="F23" s="114"/>
       <c r="G23" s="112"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">