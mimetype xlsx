--- v1 (2025-11-22)
+++ v2 (2026-01-07)
@@ -33,122 +33,111 @@
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hockey\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{27045C6E-0643-4003-9046-97D985EB8A97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D3C97099-A11A-453B-9C10-9BE2CFAA1774}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="500" firstSheet="14" activeTab="14" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="500" firstSheet="17" activeTab="21" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Grundschema 2023-2024" sheetId="1" r:id="rId1"/>
     <sheet name="Grundschema 2024-2025" sheetId="2" r:id="rId2"/>
     <sheet name="Grundschema 2025-2026" sheetId="33" r:id="rId3"/>
     <sheet name="V.36" sheetId="3" r:id="rId4"/>
     <sheet name="V.37" sheetId="4" r:id="rId5"/>
     <sheet name="V.38" sheetId="5" r:id="rId6"/>
     <sheet name="V.39" sheetId="6" r:id="rId7"/>
     <sheet name="V.40" sheetId="7" r:id="rId8"/>
     <sheet name="V.41" sheetId="8" r:id="rId9"/>
     <sheet name="V42" sheetId="9" r:id="rId10"/>
     <sheet name="V.43" sheetId="10" r:id="rId11"/>
     <sheet name="V.44" sheetId="11" r:id="rId12"/>
     <sheet name="V.45" sheetId="12" r:id="rId13"/>
     <sheet name="V.46" sheetId="13" r:id="rId14"/>
     <sheet name="V.47" sheetId="14" r:id="rId15"/>
     <sheet name="V.48" sheetId="15" r:id="rId16"/>
     <sheet name="V.49" sheetId="16" r:id="rId17"/>
     <sheet name="V.50" sheetId="17" r:id="rId18"/>
     <sheet name="V.51" sheetId="18" r:id="rId19"/>
     <sheet name="V.52" sheetId="19" r:id="rId20"/>
     <sheet name="V.1" sheetId="20" r:id="rId21"/>
     <sheet name="V.2" sheetId="21" r:id="rId22"/>
     <sheet name="Uterinken" sheetId="22" r:id="rId23"/>
     <sheet name="V.3" sheetId="23" r:id="rId24"/>
     <sheet name="V.4" sheetId="24" r:id="rId25"/>
     <sheet name="V.5" sheetId="25" r:id="rId26"/>
     <sheet name="V.6" sheetId="26" r:id="rId27"/>
     <sheet name="V.7" sheetId="27" r:id="rId28"/>
     <sheet name="V.8" sheetId="28" r:id="rId29"/>
     <sheet name="V.9" sheetId="29" r:id="rId30"/>
     <sheet name="V.10" sheetId="30" r:id="rId31"/>
     <sheet name="V.11" sheetId="31" r:id="rId32"/>
     <sheet name="V.12" sheetId="32" r:id="rId33"/>
     <sheet name="V.13" sheetId="35" r:id="rId34"/>
   </sheets>
-  <calcPr calcId="191028" iterateDelta="1E-4"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2202" uniqueCount="498">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2145" uniqueCount="524">
   <si>
     <t>Tider</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>Tisdag</t>
   </si>
   <si>
     <t>Onsdag</t>
   </si>
   <si>
     <t>Torsdag</t>
   </si>
   <si>
     <t>Fredag</t>
   </si>
   <si>
     <t>Lördag</t>
   </si>
   <si>
     <t>Söndag</t>
   </si>
   <si>
@@ -1862,56 +1851,203 @@
   </si>
   <si>
     <t>Onsdag 25/3</t>
   </si>
   <si>
     <t>Torsdag 26/3</t>
   </si>
   <si>
     <t>Fredag 27/3</t>
   </si>
   <si>
     <t>Lördag 28/3</t>
   </si>
   <si>
     <t>Söndag 29/3</t>
   </si>
   <si>
     <t>Parasport</t>
   </si>
   <si>
     <t>BIK Tjej/Dam</t>
   </si>
   <si>
     <t>kl.16.30-18.00</t>
   </si>
+  <si>
+    <t>Tider V.48</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SKRIDSKOSKOLA </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">BIK U8/U9        </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">SKRIDSKOSKOLA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKRIDSKOSKOLA  </t>
+  </si>
+  <si>
+    <t>Match J20</t>
+  </si>
+  <si>
+    <t>kl.17.00</t>
+  </si>
+  <si>
+    <t>ÖIK - Umeå</t>
+  </si>
+  <si>
+    <t>BIK -Teg sk</t>
+  </si>
+  <si>
+    <t>ÖIK 16.25-17.20</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">BIK U11  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>17.35-18.30</t>
+    </r>
+  </si>
+  <si>
+    <t>Trettondagsafton</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIK U11           </t>
+  </si>
+  <si>
+    <t>09.00-10.45</t>
+  </si>
+  <si>
+    <t>Serv. 11.00-12.00</t>
+  </si>
+  <si>
+    <t>J/H isträning</t>
+  </si>
+  <si>
+    <t>14.45-16.15</t>
+  </si>
+  <si>
+    <t>J/H isträning 12.25-13.40</t>
+  </si>
+  <si>
+    <t>Robin BIK 06-09  16.00-17.15</t>
+  </si>
+  <si>
+    <t>Robin BIK 06-09 12.30-13.45</t>
+  </si>
+  <si>
+    <t>Robin BIK 06-09    20.00-21.15</t>
+  </si>
+  <si>
+    <t>Robin 06-09</t>
+  </si>
+  <si>
+    <t>BIK - Sundsvall 2</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">BIK U10/ U11   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 16.20-17.15</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="1"/>
+      </rPr>
+      <t xml:space="preserve">       </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">BIK A-LAG        </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>17.30-18.25</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">BIK A-LAG </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>17.30-18.25</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="46" x14ac:knownFonts="1">
+  <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -2173,50 +2309,68 @@
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FFE7E6E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -2555,51 +2709,51 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="296">
+  <cellXfs count="318">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -3370,73 +3524,139 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="34" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="20" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="20" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="14" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="31" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="30" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="30" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="31" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="29" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFC5E0B4"/>
       <rgbColor rgb="FF808080"/>
@@ -6843,51 +7063,51 @@
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.15763888888888899" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>307</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -7069,91 +7289,91 @@
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="34"/>
       <c r="G13" s="244"/>
       <c r="H13" s="174"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="94"/>
       <c r="F14" s="52" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="294" t="s">
+      <c r="G14" s="291" t="s">
         <v>496</v>
       </c>
-      <c r="H14" s="291" t="s">
+      <c r="H14" s="288" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="34"/>
-      <c r="G15" s="295" t="s">
+      <c r="G15" s="292" t="s">
         <v>497</v>
       </c>
-      <c r="H15" s="292"/>
+      <c r="H15" s="289"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>99</v>
       </c>
       <c r="F16" s="51" t="s">
         <v>100</v>
       </c>
-      <c r="G16" s="293"/>
+      <c r="G16" s="290"/>
       <c r="H16" s="286" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="54"/>
       <c r="G17" s="54"/>
       <c r="H17" s="22"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
@@ -7331,68 +7551,68 @@
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="H2" sqref="H2:H4"/>
+    <sheetView zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>0</v>
+        <v>498</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>323</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>324</v>
       </c>
       <c r="G1" s="29" t="s">
         <v>325</v>
       </c>
       <c r="H1" s="29" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
@@ -7539,94 +7759,94 @@
       <c r="H12" s="113"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="65" t="s">
         <v>169</v>
       </c>
       <c r="H13" s="43"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>256</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
       <c r="G14" s="165" t="s">
         <v>328</v>
       </c>
       <c r="H14" s="265" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="164"/>
       <c r="H15" s="184" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>501</v>
       </c>
       <c r="F16" s="24" t="s">
         <v>44</v>
       </c>
       <c r="G16" s="166"/>
       <c r="H16" s="266" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="34"/>
       <c r="H17" s="69"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
@@ -7688,63 +7908,63 @@
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C22" s="16"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9"/>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
-    <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1" t="s">
         <v>305</v>
       </c>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -7791,309 +8011,309 @@
     <row r="77" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="78" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="79" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="80" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="81" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="82" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="83" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="84" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="85" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.15763888888888899" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F26" sqref="F26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>332</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>333</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>334</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>335</v>
       </c>
       <c r="G1" s="29" t="s">
         <v>336</v>
       </c>
       <c r="H1" s="29" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
-      <c r="G2" s="201" t="s">
+      <c r="G2" s="83" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" s="201" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
-      <c r="G3" s="204" t="s">
+      <c r="G3" s="35"/>
+      <c r="H3" s="204" t="s">
         <v>274</v>
       </c>
-      <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
-      <c r="F4" s="30"/>
-[...1 lines deleted...]
-      <c r="H4" s="84"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="84"/>
+      <c r="H4" s="203"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="85"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="201" t="s">
+      <c r="G8" s="142"/>
+      <c r="H8" s="201" t="s">
         <v>338</v>
       </c>
-      <c r="H8" s="16"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
-      <c r="G9" s="143" t="s">
+      <c r="G9" s="44"/>
+      <c r="H9" s="143" t="s">
         <v>315</v>
       </c>
-      <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="172"/>
-      <c r="H10" s="16"/>
+      <c r="G10" s="142"/>
+      <c r="H10" s="172"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
-      <c r="G11" s="43"/>
+      <c r="G11" s="44"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="99"/>
       <c r="G12" s="66" t="s">
         <v>339</v>
       </c>
       <c r="H12" s="142"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="34"/>
       <c r="G13" s="184" t="s">
         <v>340</v>
       </c>
       <c r="H13" s="44"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>500</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="52" t="s">
         <v>94</v>
       </c>
       <c r="G14" s="115" t="s">
         <v>341</v>
       </c>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="34"/>
       <c r="G15" s="184"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>499</v>
       </c>
       <c r="F16" s="51" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="70"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="40"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
@@ -8270,51 +8490,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F11" sqref="F11"/>
+      <selection activeCell="H16" sqref="H16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>345</v>
@@ -8425,269 +8645,269 @@
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="34"/>
       <c r="G9" s="181"/>
       <c r="H9" s="197" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="50"/>
-      <c r="G10" s="51"/>
+      <c r="G10" s="21"/>
       <c r="H10" s="198" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="181"/>
       <c r="H11" s="69"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="51"/>
+      <c r="G12" s="21"/>
       <c r="H12" s="190"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="40"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="15"/>
+      <c r="C14" s="294" t="s">
+        <v>507</v>
+      </c>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>500</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16"/>
+      <c r="G14" s="21"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
-        <v>97</v>
+        <v>508</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>499</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
-      <c r="H16" s="63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16" s="21"/>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="48"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="77" t="s">
         <v>211</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="45" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="185"/>
+      <c r="F18" s="12"/>
       <c r="G18" s="46"/>
       <c r="H18" s="46"/>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="65" t="s">
         <v>133</v>
       </c>
       <c r="D19" s="5"/>
       <c r="E19" s="34"/>
-      <c r="F19" s="184"/>
+      <c r="F19" s="5"/>
       <c r="G19" s="44"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="71" t="s">
         <v>170</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="90" t="s">
         <v>79</v>
       </c>
-      <c r="F20" s="113"/>
+      <c r="F20" s="13"/>
       <c r="G20" s="46"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="65"/>
       <c r="D21" s="5"/>
       <c r="E21" s="34"/>
-      <c r="F21" s="69"/>
+      <c r="F21" s="5"/>
       <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C22" s="113"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="47" t="s">
         <v>105</v>
       </c>
-      <c r="F22" s="70"/>
+      <c r="F22" s="72"/>
       <c r="G22" s="56"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="57"/>
-      <c r="G23" s="4"/>
+      <c r="G23" s="112"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="28"/>
       <c r="F24" s="1"/>
-      <c r="G24" s="1" t="s">
+      <c r="G24" s="46" t="s">
         <v>305</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -8739,52 +8959,52 @@
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFFFF"/>
   </sheetPr>
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="D33" sqref="D33"/>
+    <sheetView zoomScale="88" zoomScaleNormal="88" workbookViewId="0">
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>354</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>355</v>
@@ -8865,162 +9085,162 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16"/>
-      <c r="H8" s="16"/>
+      <c r="G8" s="72"/>
+      <c r="H8" s="72"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16"/>
-      <c r="H10" s="95"/>
+      <c r="G10" s="72"/>
+      <c r="H10" s="298"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16"/>
-      <c r="H12" s="95"/>
+      <c r="G12" s="72"/>
+      <c r="H12" s="298"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>500</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16"/>
+      <c r="G14" s="72"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>301</v>
       </c>
       <c r="D16" s="199" t="s">
         <v>302</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>502</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="149" t="s">
         <v>303</v>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
@@ -9676,125 +9896,123 @@
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H14" sqref="H14:H20"/>
+    <sheetView zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>365</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>366</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>367</v>
       </c>
       <c r="G1" s="29" t="s">
         <v>368</v>
       </c>
       <c r="H1" s="29" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="116"/>
       <c r="E2" s="116"/>
       <c r="F2" s="117"/>
-      <c r="G2" s="74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G2" s="295"/>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="80"/>
       <c r="E3" s="80"/>
       <c r="F3" s="118"/>
-      <c r="G3" s="75"/>
+      <c r="G3" s="296"/>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="116"/>
       <c r="E4" s="116"/>
       <c r="F4" s="117"/>
-      <c r="G4" s="76"/>
+      <c r="G4" s="297"/>
       <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="80"/>
       <c r="E5" s="80"/>
       <c r="F5" s="80"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="139" t="s">
         <v>370</v>
       </c>
       <c r="E6" s="140" t="s">
         <v>371</v>
@@ -9808,241 +10026,237 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="119"/>
       <c r="E7" s="120"/>
       <c r="F7" s="80"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="121"/>
       <c r="E8" s="122"/>
       <c r="F8" s="123"/>
-      <c r="G8" s="16"/>
-      <c r="H8" s="16"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="308" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="124"/>
       <c r="E9" s="125"/>
       <c r="F9" s="80"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="126"/>
       <c r="E10" s="116"/>
       <c r="F10" s="127"/>
-      <c r="G10" s="16"/>
-      <c r="H10" s="95"/>
+      <c r="G10" s="42"/>
+      <c r="H10" s="42"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="80"/>
       <c r="E11" s="80"/>
       <c r="F11" s="80"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="128"/>
       <c r="E12" s="116"/>
       <c r="F12" s="128"/>
-      <c r="G12" s="16"/>
-      <c r="H12" s="95"/>
+      <c r="G12" s="42"/>
+      <c r="H12" s="42"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="80"/>
       <c r="E13" s="80"/>
       <c r="F13" s="80"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="42"/>
       <c r="D14" s="128"/>
       <c r="E14" s="129"/>
       <c r="F14" s="130"/>
-      <c r="G14" s="16"/>
+      <c r="G14" s="308" t="s">
+        <v>516</v>
+      </c>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="80"/>
       <c r="E15" s="80"/>
       <c r="F15" s="80"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
-      <c r="C16" s="68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C16" s="310"/>
       <c r="D16" s="128"/>
       <c r="E16" s="131"/>
       <c r="F16" s="128"/>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="80"/>
       <c r="E17" s="80"/>
       <c r="F17" s="120"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="24" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B18" s="154" t="s">
+        <v>519</v>
+      </c>
+      <c r="C18" s="42"/>
       <c r="D18" s="132"/>
       <c r="E18" s="133"/>
       <c r="F18" s="128"/>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="80"/>
       <c r="E19" s="80"/>
       <c r="F19" s="80"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
-      <c r="C20" s="24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C20" s="42"/>
       <c r="D20" s="128"/>
       <c r="E20" s="132"/>
       <c r="F20" s="134"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="80"/>
       <c r="E21" s="80"/>
       <c r="F21" s="80"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="42"/>
       <c r="D22" s="132"/>
       <c r="E22" s="132"/>
       <c r="F22" s="135"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="136"/>
       <c r="E23" s="137"/>
       <c r="F23" s="137"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="134"/>
@@ -10116,51 +10330,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H14" sqref="H14:H20"/>
+      <selection activeCell="F18" sqref="F18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>373</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>376</v>
@@ -10249,257 +10463,241 @@
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="119"/>
       <c r="E7" s="120"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="268" t="s">
         <v>383</v>
       </c>
       <c r="E8" s="268" t="s">
         <v>383</v>
       </c>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="42"/>
+      <c r="H8" s="42"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="124"/>
       <c r="E9" s="125"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="126"/>
       <c r="E10" s="116"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="95"/>
+      <c r="G10" s="42"/>
+      <c r="H10" s="42"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="80"/>
       <c r="E11" s="80"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="128"/>
       <c r="E12" s="116"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="42"/>
+      <c r="H12" s="42"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="80"/>
       <c r="E13" s="80"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="42"/>
       <c r="D14" s="128"/>
       <c r="E14" s="129"/>
       <c r="F14" s="17" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>510</v>
+      </c>
+      <c r="G14" s="42"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="80"/>
       <c r="E15" s="80"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B16" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B16" s="42"/>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="128"/>
       <c r="E16" s="131"/>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="80"/>
       <c r="E17" s="80"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B18" s="42"/>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="132"/>
       <c r="E18" s="133"/>
-      <c r="F18" s="16" t="s">
-        <v>121</v>
+      <c r="F18" s="9" t="s">
+        <v>29</v>
       </c>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="80"/>
       <c r="E19" s="80"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
-      <c r="C20" s="24" t="s">
-        <v>44</v>
+      <c r="C20" s="309" t="s">
+        <v>518</v>
       </c>
       <c r="D20" s="128"/>
       <c r="E20" s="132"/>
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="80"/>
       <c r="E21" s="80"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="42"/>
       <c r="D22" s="132"/>
       <c r="E22" s="132"/>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
@@ -10563,61 +10761,61 @@
     <row r="77" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="78" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="79" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="80" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="81" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="82" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="83" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="84" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="85" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F18" sqref="F18:F22"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>384</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>385</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>387</v>
@@ -10642,233 +10840,231 @@
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
       <c r="G3" s="75"/>
       <c r="H3" s="35"/>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
-      <c r="C4" s="2"/>
+      <c r="C4" s="116" t="s">
+        <v>509</v>
+      </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="30"/>
       <c r="G4" s="76"/>
       <c r="H4" s="84"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="85"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
-      <c r="H7" s="5"/>
+      <c r="H7" s="43"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="G8" s="313"/>
+      <c r="H8" s="185" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
-      <c r="G9" s="5"/>
-      <c r="H9" s="5"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="65" t="s">
+        <v>350</v>
+      </c>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="95"/>
+      <c r="G10" s="300"/>
+      <c r="H10" s="312" t="s">
+        <v>520</v>
+      </c>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
-      <c r="G11" s="5"/>
-      <c r="H11" s="5"/>
+      <c r="G11" s="34"/>
+      <c r="H11" s="69"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="300"/>
+      <c r="H12" s="311"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
-      <c r="H13" s="5"/>
+      <c r="H13" s="40"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-        <v>116</v>
+      <c r="C14" s="24" t="s">
+        <v>44</v>
       </c>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
-    <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
-      <c r="E16" s="19" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="16" t="s">
+      <c r="E16" s="16" t="s">
         <v>100</v>
+      </c>
+      <c r="F16" s="314" t="s">
+        <v>523</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
@@ -10888,87 +11084,85 @@
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="184" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
-      <c r="C20" s="24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C20" s="27"/>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="81" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="113" t="s">
         <v>351</v>
       </c>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="69"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="27"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="70"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -11337,51 +11531,51 @@
     <row r="24" spans="1:8" ht="0.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="62" t="s">
         <v>396</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="G8" sqref="G8:G10"/>
+      <selection activeCell="G12" sqref="G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>397</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>398</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>400</v>
@@ -11522,122 +11716,118 @@
       <c r="H10" s="71" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="65"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-        <v>90</v>
+      <c r="G12" s="24" t="s">
+        <v>44</v>
       </c>
       <c r="H12" s="71" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
@@ -11696,51 +11886,51 @@
       </c>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="69"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="70"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -11818,125 +12008,127 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E10" sqref="E10"/>
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>412</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>413</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>414</v>
       </c>
       <c r="G1" s="29" t="s">
         <v>415</v>
       </c>
       <c r="H1" s="29" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>93</v>
+      </c>
+      <c r="H2" s="201" t="s">
+        <v>338</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
       <c r="G3" s="75"/>
-      <c r="H3" s="35"/>
+      <c r="H3" s="204" t="s">
+        <v>274</v>
+      </c>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="30"/>
       <c r="G4" s="76"/>
-      <c r="H4" s="84"/>
+      <c r="H4" s="203"/>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="85"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
@@ -11946,214 +12138,216 @@
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
       <c r="G8" s="199" t="s">
         <v>302</v>
       </c>
-      <c r="H8" s="16" t="s">
-        <v>89</v>
+      <c r="H8" s="201" t="s">
+        <v>338</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="149" t="s">
         <v>350</v>
       </c>
-      <c r="H9" s="5"/>
+      <c r="H9" s="143" t="s">
+        <v>315</v>
+      </c>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
       <c r="G10" s="200" t="s">
         <v>417</v>
       </c>
-      <c r="H10" s="95"/>
+      <c r="H10" s="172"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-        <v>90</v>
+      <c r="G14" s="77" t="s">
+        <v>211</v>
       </c>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
-      <c r="G15" s="5"/>
+      <c r="G15" s="65" t="s">
+        <v>504</v>
+      </c>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
-      <c r="G16" s="21"/>
+      <c r="G16" s="71" t="s">
+        <v>506</v>
+      </c>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="48"/>
-      <c r="G17" s="5"/>
+      <c r="G17" s="184"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="45" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="77" t="s">
         <v>211</v>
       </c>
-      <c r="G18" s="46"/>
+      <c r="G18" s="70"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="34"/>
       <c r="F19" s="65" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="44"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
@@ -12171,51 +12365,51 @@
       </c>
       <c r="G20" s="46"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="34"/>
       <c r="F21" s="184"/>
       <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="47" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="70"/>
       <c r="G22" s="56"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="57"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -12295,51 +12489,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G24" sqref="G24"/>
+      <selection activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>422</v>
@@ -12425,211 +12619,203 @@
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="43"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="58"/>
       <c r="G8" s="77" t="s">
         <v>285</v>
       </c>
-      <c r="H8" s="63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8" s="15"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="34"/>
       <c r="G9" s="65"/>
       <c r="H9" s="44"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="50"/>
       <c r="G10" s="97" t="s">
         <v>428</v>
       </c>
-      <c r="H10" s="142"/>
+      <c r="H10" s="15"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="34"/>
       <c r="G11" s="65"/>
       <c r="H11" s="44"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="99"/>
       <c r="G12" s="150" t="s">
         <v>148</v>
       </c>
-      <c r="H12" s="142"/>
+      <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="40"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>300</v>
+      </c>
+      <c r="E14" s="9" t="s">
+        <v>91</v>
       </c>
       <c r="F14" s="17" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>214</v>
+      </c>
+      <c r="F16" s="314" t="s">
+        <v>522</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18" s="15"/>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
@@ -12644,51 +12830,51 @@
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -12772,51 +12958,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.15763888888888899" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1900-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C2" sqref="C2"/>
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>432</v>
@@ -12888,286 +13074,288 @@
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="85"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
-      <c r="H7" s="5"/>
+      <c r="H7" s="43"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="199" t="s">
+      <c r="G8" s="303" t="s">
         <v>302</v>
       </c>
-      <c r="H8" s="16" t="s">
-        <v>89</v>
+      <c r="H8" s="306" t="s">
+        <v>515</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
-      <c r="G9" s="149" t="s">
+      <c r="G9" s="304" t="s">
         <v>350</v>
       </c>
-      <c r="H9" s="5"/>
+      <c r="H9" s="307"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
       <c r="G10" s="200" t="s">
         <v>437</v>
       </c>
-      <c r="H10" s="95"/>
+      <c r="H10" s="305"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
-      <c r="G11" s="5"/>
-      <c r="H11" s="5"/>
+      <c r="G11" s="34"/>
+      <c r="H11" s="301" t="s">
+        <v>513</v>
+      </c>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="300"/>
+      <c r="H12" s="302" t="s">
+        <v>514</v>
+      </c>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
-      <c r="G13" s="5"/>
-      <c r="H13" s="5"/>
+      <c r="G13" s="43"/>
+      <c r="H13" s="40"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
-      <c r="F14" s="17" t="s">
+      <c r="F14" s="52" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-        <v>90</v>
+      <c r="G14" s="77" t="s">
+        <v>503</v>
       </c>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
-      <c r="F15" s="5"/>
-      <c r="G15" s="5"/>
+      <c r="F15" s="34"/>
+      <c r="G15" s="65" t="s">
+        <v>504</v>
+      </c>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F16" s="16" t="s">
+        <v>214</v>
+      </c>
+      <c r="F16" s="51" t="s">
         <v>100</v>
       </c>
-      <c r="G16" s="21"/>
+      <c r="G16" s="293" t="s">
+        <v>505</v>
+      </c>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
-      <c r="F17" s="22"/>
-      <c r="G17" s="5"/>
+      <c r="F17" s="54"/>
+      <c r="G17" s="69"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="1"/>
+      <c r="F18" s="15"/>
+      <c r="G18" s="105"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
-      <c r="G19" s="5"/>
+      <c r="G19" s="40"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="82" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="81" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -13245,51 +13433,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1A00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C2" sqref="C2"/>
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>438</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>441</v>
@@ -13433,157 +13621,151 @@
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="65"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
       <c r="G12" s="150" t="s">
         <v>148</v>
       </c>
-      <c r="H12" s="95"/>
+      <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18" s="15"/>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
@@ -13598,51 +13780,51 @@
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -13720,51 +13902,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.74791666666666701" bottom="0.15763888888888899" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1B00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
-      <selection activeCell="H1" sqref="H1"/>
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>448</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>450</v>
@@ -13845,174 +14027,162 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="15"/>
+      <c r="H8" s="15"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="95"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="48"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
@@ -14071,51 +14241,51 @@
       </c>
       <c r="G20" s="46"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="34"/>
       <c r="F21" s="143"/>
       <c r="G21" s="44"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="47" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="144"/>
       <c r="G22" s="56"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="57"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -14658,51 +14828,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1C00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I1" sqref="I1"/>
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>455</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>457</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>458</v>
@@ -14783,214 +14953,200 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="15"/>
+      <c r="H8" s="15"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="95"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18" s="15"/>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
@@ -15005,51 +15161,51 @@
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -15127,51 +15283,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23611111111111099" right="0.23611111111111099" top="0.35416666666666702" bottom="0.35416666666666702" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1D00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H1" sqref="H1"/>
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>465</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>466</v>
@@ -15252,214 +15408,200 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="15"/>
+      <c r="H8" s="15"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="95"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18" s="15"/>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
@@ -15474,51 +15616,51 @@
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -15596,51 +15738,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1E00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H1" sqref="H1"/>
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>473</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>474</v>
@@ -15721,214 +15863,200 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="15"/>
+      <c r="H8" s="15"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="95"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18" s="15"/>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
@@ -15943,51 +16071,51 @@
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -16065,51 +16193,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1F00-000000000000}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H1" sqref="H1"/>
+      <selection activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>479</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>482</v>
@@ -16190,214 +16318,200 @@
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="15"/>
+      <c r="H8" s="15"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="95"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18" s="15"/>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
@@ -16412,51 +16526,51 @@
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -16534,51 +16648,51 @@
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8346B89C-4856-440F-945F-B34A64A1660C}">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H8" sqref="H8"/>
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>490</v>
@@ -16587,286 +16701,278 @@
         <v>491</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>492</v>
       </c>
       <c r="G1" s="29" t="s">
         <v>493</v>
       </c>
       <c r="H1" s="29" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="30"/>
       <c r="G2" s="74" t="s">
         <v>56</v>
       </c>
       <c r="H2" s="83" t="s">
-        <v>87</v>
+        <v>495</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="33"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="34"/>
       <c r="G3" s="75"/>
-      <c r="H3" s="35"/>
+      <c r="H3" s="299" t="s">
+        <v>511</v>
+      </c>
     </row>
     <row r="4" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="30"/>
       <c r="G4" s="76"/>
-      <c r="H4" s="84"/>
+      <c r="H4" s="84" t="s">
+        <v>512</v>
+      </c>
     </row>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="39" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="85"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107"/>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
-      <c r="G8" s="16" t="s">
-[...3 lines deleted...]
-        <v>495</v>
+      <c r="G8" s="16"/>
+      <c r="H8" s="83" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
-      <c r="G10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="95"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="83"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="72"/>
-      <c r="G12" s="16" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="95"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="E14" s="94" t="s">
         <v>93</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="G14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="15"/>
       <c r="H14" s="53" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="111"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="44"/>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C16" s="68" t="s">
         <v>97</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>100</v>
       </c>
       <c r="G16" s="21"/>
       <c r="H16" s="63" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="22"/>
       <c r="G17" s="5"/>
       <c r="H17" s="44"/>
     </row>
     <row r="18" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18" s="15"/>
       <c r="G18" s="1"/>
       <c r="H18" s="53" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
     </row>
     <row r="20" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="24" t="s">
@@ -16881,51 +16987,51 @@
       <c r="F20" s="27"/>
       <c r="G20" s="1"/>
       <c r="H20" s="25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
     </row>
     <row r="22" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="C22" s="16"/>
+      <c r="C22" s="15"/>
       <c r="D22" s="9" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F22" s="21"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row r="23" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="26"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
     <row r="24" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>54</v>
@@ -17954,51 +18060,51 @@
     <row r="78" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="79" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="80" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="81" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="82" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="83" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="84" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="85" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="86" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="95" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="96" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="97" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="98" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="99" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="100" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
-  <pageSetup paperSize="9" scale="97" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="92" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H18" sqref="H18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.5703125" customWidth="1"/>
     <col min="2" max="3" width="18.140625" customWidth="1"/>
     <col min="4" max="4" width="17.42578125" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" customWidth="1"/>
     <col min="7" max="7" width="20.85546875" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
@@ -19072,103 +19178,103 @@
       <c r="A7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="10"/>
       <c r="D7" s="86"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
     </row>
     <row r="8" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="107" t="s">
         <v>180</v>
       </c>
       <c r="D8" s="110"/>
       <c r="E8" s="56"/>
       <c r="F8" s="12"/>
       <c r="G8" s="59" t="s">
         <v>166</v>
       </c>
-      <c r="H8" s="288" t="s">
+      <c r="H8" s="315" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="34"/>
       <c r="D9" s="87"/>
       <c r="E9" s="44"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
-      <c r="H9" s="289"/>
+      <c r="H9" s="316"/>
     </row>
     <row r="10" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="49"/>
       <c r="E10" s="2"/>
       <c r="F10" s="13"/>
       <c r="G10" s="59" t="s">
         <v>166</v>
       </c>
-      <c r="H10" s="289"/>
+      <c r="H10" s="316"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="43"/>
-      <c r="H11" s="289"/>
+      <c r="H11" s="316"/>
     </row>
     <row r="12" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="15"/>
       <c r="D12" s="72"/>
       <c r="E12" s="2"/>
       <c r="F12" s="99"/>
       <c r="G12" s="176"/>
-      <c r="H12" s="290"/>
+      <c r="H12" s="317"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="43"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="34"/>
       <c r="G13" s="34"/>
       <c r="H13" s="44"/>
     </row>
     <row r="14" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="16" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="94" t="s">
@@ -19962,46 +20068,47 @@
       <vt:lpstr>V.10</vt:lpstr>
       <vt:lpstr>V.11</vt:lpstr>
       <vt:lpstr>V.12</vt:lpstr>
       <vt:lpstr>V.13</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BrunfloIK Kansli</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/core0.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Kicki</dc:creator>
   <dc:description/>
   <dc:language>sv-SE</dc:language>
   <cp:lastModifiedBy/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>